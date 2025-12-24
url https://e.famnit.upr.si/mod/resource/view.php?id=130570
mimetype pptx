--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -253,147 +253,130 @@
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="135" name="PlaceHolder 1"/>
+          <p:cNvPr id="128" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533520" y="764280"/>
             <a:ext cx="6704640" cy="3771360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:r>
-[...39 lines deleted...]
-                </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Cli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>ck </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>mo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>ve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>the </a:t>
             </a:r>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...19 lines deleted...]
-              </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>sli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>de</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="136" name="PlaceHolder 2"/>
+          <p:cNvPr id="129" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="777240" y="4777560"/>
             <a:ext cx="6217560" cy="4525920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
@@ -427,183 +410,183 @@
               <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>s </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>form</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>at</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="137" name="PlaceHolder 3"/>
+          <p:cNvPr id="130" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="3372840" cy="502560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>&lt;header&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="138" name="PlaceHolder 4"/>
+          <p:cNvPr id="131" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4399200" y="0"/>
             <a:ext cx="3372840" cy="502560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>&lt;date/time&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="139" name="PlaceHolder 5"/>
+          <p:cNvPr id="132" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9555480"/>
             <a:ext cx="3372840" cy="502560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="140" name="PlaceHolder 6"/>
+          <p:cNvPr id="133" name="PlaceHolder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4399200" y="9555480"/>
             <a:ext cx="3372840" cy="502560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r"/>
-            <a:fld id="{D77B0AE6-BC1D-470F-8CDB-0AAEF0B5A287}" type="slidenum">
+            <a:fld id="{302FDC91-A013-4A90-99E2-61E574999F8F}" type="slidenum">
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
@@ -611,382 +594,403 @@
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="235" name="PlaceHolder 1"/>
+          <p:cNvPr id="229" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117760" cy="3838320"/>
-[...8 lines deleted...]
-          <p:cNvPr id="236" name="PlaceHolder 2"/>
+            <a:ext cx="5117400" cy="3837960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="230" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679720" cy="4603320"/>
+            <a:ext cx="5679360" cy="4602960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="96840" rIns="96840" tIns="48240" bIns="48240">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="237" name="TextShape 3"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="231" name="TextShape 3"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3076200" cy="510840"/>
+            <a:ext cx="3075840" cy="510480"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
           <a:bodyPr lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:fld id="{B0060F2F-A47D-4650-9C48-4A25061B7114}" type="slidenum">
+            <a:fld id="{39942D65-34B3-4DC4-937D-D6B9E1F7D0CA}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
-              <a:latin typeface="Times New Roman"/>
+              <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="238" name="PlaceHolder 1"/>
+          <p:cNvPr id="232" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117760" cy="3838320"/>
-[...8 lines deleted...]
-          <p:cNvPr id="239" name="PlaceHolder 2"/>
+            <a:ext cx="5117400" cy="3837960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="233" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679720" cy="4603320"/>
+            <a:ext cx="5679360" cy="4602960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="96840" rIns="96840" tIns="48240" bIns="48240">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="240" name="TextShape 3"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="234" name="TextShape 3"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3076200" cy="510840"/>
+            <a:ext cx="3075840" cy="510480"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
           <a:bodyPr lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:fld id="{ECAC88F4-4738-45A1-B999-D81DDC3054FE}" type="slidenum">
+            <a:fld id="{B60E7725-1C5D-4D24-A76F-5DFF97D1075C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
-              <a:latin typeface="Times New Roman"/>
+              <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="241" name="PlaceHolder 1"/>
+          <p:cNvPr id="235" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117760" cy="3838320"/>
-[...8 lines deleted...]
-          <p:cNvPr id="242" name="PlaceHolder 2"/>
+            <a:ext cx="5117400" cy="3837960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="236" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679720" cy="4603320"/>
+            <a:ext cx="5679360" cy="4602960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="96840" rIns="96840" tIns="48240" bIns="48240">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="216000" indent="-216000">
+            <a:pPr marL="216000" indent="-215640">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>bayesoc izrek</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="243" name="TextShape 3"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="237" name="TextShape 3"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3076200" cy="510840"/>
+            <a:ext cx="3075840" cy="510480"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
           <a:bodyPr lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:fld id="{0CDC195D-656E-4829-A841-A0274C429C43}" type="slidenum">
+            <a:fld id="{1624AC83-B7F4-423C-86E7-72F027AF32E6}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
-              <a:latin typeface="Times New Roman"/>
+              <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8"?>
@@ -1173,582 +1177,540 @@
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objOverTx" preserve="1">
   <p:cSld name="Title, Content over Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="PlaceHolder 1"/>
+          <p:cNvPr id="30" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="PlaceHolder 2"/>
+          <p:cNvPr id="31" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="PlaceHolder 3"/>
+          <p:cNvPr id="32" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="fourObj" preserve="1">
   <p:cSld name="Title, 4 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="PlaceHolder 1"/>
+          <p:cNvPr id="33" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="PlaceHolder 2"/>
+          <p:cNvPr id="34" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="PlaceHolder 3"/>
+          <p:cNvPr id="35" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="PlaceHolder 4"/>
+          <p:cNvPr id="36" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="PlaceHolder 5"/>
+          <p:cNvPr id="37" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Title, 6 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="PlaceHolder 1"/>
+          <p:cNvPr id="38" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="41" name="PlaceHolder 2"/>
+          <p:cNvPr id="39" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="42" name="PlaceHolder 3"/>
+          <p:cNvPr id="40" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3239640" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="3239640" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="PlaceHolder 4"/>
+          <p:cNvPr id="41" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6022080" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="6022080" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="PlaceHolder 5"/>
+          <p:cNvPr id="42" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="45" name="PlaceHolder 6"/>
+          <p:cNvPr id="43" name="PlaceHolder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3239640" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="3239640" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="PlaceHolder 7"/>
+          <p:cNvPr id="44" name="PlaceHolder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6022080" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="6022080" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Blank Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -1756,1533 +1718,1439 @@
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="tx" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="PlaceHolder 1"/>
+          <p:cNvPr id="50" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="55" name="PlaceHolder 2"/>
+          <p:cNvPr id="51" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="56" name="PlaceHolder 1"/>
+          <p:cNvPr id="52" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="57" name="PlaceHolder 2"/>
+          <p:cNvPr id="53" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObj" preserve="1">
   <p:cSld name="Title, 2 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="58" name="PlaceHolder 1"/>
+          <p:cNvPr id="54" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="59" name="PlaceHolder 2"/>
+          <p:cNvPr id="55" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="60" name="PlaceHolder 3"/>
+          <p:cNvPr id="56" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="61" name="PlaceHolder 1"/>
+          <p:cNvPr id="57" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objOnly" preserve="1">
   <p:cSld name="Centered Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="62" name="PlaceHolder 1"/>
+          <p:cNvPr id="58" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="4592160"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="5307840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObjAndObj" preserve="1">
   <p:cSld name="Title, 2 Content and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="63" name="PlaceHolder 1"/>
+          <p:cNvPr id="59" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="64" name="PlaceHolder 2"/>
+          <p:cNvPr id="60" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="65" name="PlaceHolder 3"/>
+          <p:cNvPr id="61" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="66" name="PlaceHolder 4"/>
+          <p:cNvPr id="62" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="tx" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="PlaceHolder 1"/>
+          <p:cNvPr id="9" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="PlaceHolder 2"/>
+          <p:cNvPr id="10" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objAndTwoObj" preserve="1">
   <p:cSld name="Title Content and 2 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="67" name="PlaceHolder 1"/>
+          <p:cNvPr id="63" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="68" name="PlaceHolder 2"/>
+          <p:cNvPr id="64" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="69" name="PlaceHolder 3"/>
+          <p:cNvPr id="65" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="70" name="PlaceHolder 4"/>
+          <p:cNvPr id="66" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObjOverTx" preserve="1">
   <p:cSld name="Title, 2 Content over Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="71" name="PlaceHolder 1"/>
+          <p:cNvPr id="67" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="72" name="PlaceHolder 2"/>
+          <p:cNvPr id="68" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="73" name="PlaceHolder 3"/>
+          <p:cNvPr id="69" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="74" name="PlaceHolder 4"/>
+          <p:cNvPr id="70" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objOverTx" preserve="1">
   <p:cSld name="Title, Content over Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="75" name="PlaceHolder 1"/>
+          <p:cNvPr id="71" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="76" name="PlaceHolder 2"/>
+          <p:cNvPr id="72" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="77" name="PlaceHolder 3"/>
+          <p:cNvPr id="73" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="fourObj" preserve="1">
   <p:cSld name="Title, 4 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="78" name="PlaceHolder 1"/>
+          <p:cNvPr id="74" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="79" name="PlaceHolder 2"/>
+          <p:cNvPr id="75" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="80" name="PlaceHolder 3"/>
+          <p:cNvPr id="76" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="81" name="PlaceHolder 4"/>
+          <p:cNvPr id="77" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="82" name="PlaceHolder 5"/>
+          <p:cNvPr id="78" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Title, 6 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="83" name="PlaceHolder 1"/>
+          <p:cNvPr id="79" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="84" name="PlaceHolder 2"/>
+          <p:cNvPr id="80" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="85" name="PlaceHolder 3"/>
+          <p:cNvPr id="81" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3239640" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="3239640" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="PlaceHolder 4"/>
+          <p:cNvPr id="82" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6022080" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="6022080" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="PlaceHolder 5"/>
+          <p:cNvPr id="83" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="88" name="PlaceHolder 6"/>
+          <p:cNvPr id="84" name="PlaceHolder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3239640" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="3239640" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="89" name="PlaceHolder 7"/>
+          <p:cNvPr id="85" name="PlaceHolder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6022080" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="6022080" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Blank Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -3290,2226 +3158,2086 @@
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="tx" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="99" name="PlaceHolder 1"/>
+          <p:cNvPr id="92" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="100" name="PlaceHolder 2"/>
+          <p:cNvPr id="93" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="101" name="PlaceHolder 1"/>
+          <p:cNvPr id="94" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="102" name="PlaceHolder 2"/>
+          <p:cNvPr id="95" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObj" preserve="1">
   <p:cSld name="Title, 2 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="103" name="PlaceHolder 1"/>
+          <p:cNvPr id="96" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="104" name="PlaceHolder 2"/>
+          <p:cNvPr id="97" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="105" name="PlaceHolder 3"/>
+          <p:cNvPr id="98" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="106" name="PlaceHolder 1"/>
+          <p:cNvPr id="99" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="PlaceHolder 1"/>
+          <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="PlaceHolder 2"/>
+          <p:cNvPr id="12" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objOnly" preserve="1">
   <p:cSld name="Centered Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="107" name="PlaceHolder 1"/>
+          <p:cNvPr id="100" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="4592160"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="5307840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObjAndObj" preserve="1">
   <p:cSld name="Title, 2 Content and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="108" name="PlaceHolder 1"/>
+          <p:cNvPr id="101" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="109" name="PlaceHolder 2"/>
+          <p:cNvPr id="102" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="110" name="PlaceHolder 3"/>
+          <p:cNvPr id="103" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="111" name="PlaceHolder 4"/>
+          <p:cNvPr id="104" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objAndTwoObj" preserve="1">
   <p:cSld name="Title Content and 2 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="112" name="PlaceHolder 1"/>
+          <p:cNvPr id="105" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="113" name="PlaceHolder 2"/>
+          <p:cNvPr id="106" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="114" name="PlaceHolder 3"/>
+          <p:cNvPr id="107" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="115" name="PlaceHolder 4"/>
+          <p:cNvPr id="108" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObjOverTx" preserve="1">
   <p:cSld name="Title, 2 Content over Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="116" name="PlaceHolder 1"/>
+          <p:cNvPr id="109" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="117" name="PlaceHolder 2"/>
+          <p:cNvPr id="110" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="118" name="PlaceHolder 3"/>
+          <p:cNvPr id="111" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="119" name="PlaceHolder 4"/>
+          <p:cNvPr id="112" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objOverTx" preserve="1">
   <p:cSld name="Title, Content over Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="120" name="PlaceHolder 1"/>
+          <p:cNvPr id="113" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="PlaceHolder 2"/>
+          <p:cNvPr id="114" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122" name="PlaceHolder 3"/>
+          <p:cNvPr id="115" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="fourObj" preserve="1">
   <p:cSld name="Title, 4 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="123" name="PlaceHolder 1"/>
+          <p:cNvPr id="116" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="124" name="PlaceHolder 2"/>
+          <p:cNvPr id="117" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="125" name="PlaceHolder 3"/>
+          <p:cNvPr id="118" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="126" name="PlaceHolder 4"/>
+          <p:cNvPr id="119" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="127" name="PlaceHolder 5"/>
+          <p:cNvPr id="120" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Title, 6 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="128" name="PlaceHolder 1"/>
+          <p:cNvPr id="121" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="129" name="PlaceHolder 2"/>
+          <p:cNvPr id="122" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="130" name="PlaceHolder 3"/>
+          <p:cNvPr id="123" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3239640" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="3239640" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="131" name="PlaceHolder 4"/>
+          <p:cNvPr id="124" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6022080" y="1219320"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="6022080" y="1604520"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="132" name="PlaceHolder 5"/>
+          <p:cNvPr id="125" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="133" name="PlaceHolder 6"/>
+          <p:cNvPr id="126" name="PlaceHolder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3239640" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="3239640" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="134" name="PlaceHolder 7"/>
+          <p:cNvPr id="127" name="PlaceHolder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6022080" y="3798720"/>
-            <a:ext cx="2649600" cy="2355120"/>
+            <a:off x="6022080" y="3682080"/>
+            <a:ext cx="2649600" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObj" preserve="1">
   <p:cSld name="Title, 2 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="PlaceHolder 1"/>
+          <p:cNvPr id="13" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="PlaceHolder 2"/>
+          <p:cNvPr id="14" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="PlaceHolder 3"/>
+          <p:cNvPr id="15" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="PlaceHolder 1"/>
+          <p:cNvPr id="16" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objOnly" preserve="1">
   <p:cSld name="Centered Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="PlaceHolder 1"/>
+          <p:cNvPr id="17" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="4592160"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="5307840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObjAndObj" preserve="1">
   <p:cSld name="Title, 2 Content and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="PlaceHolder 1"/>
+          <p:cNvPr id="18" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="PlaceHolder 2"/>
+          <p:cNvPr id="19" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="PlaceHolder 3"/>
+          <p:cNvPr id="20" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="PlaceHolder 4"/>
+          <p:cNvPr id="21" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="objAndTwoObj" preserve="1">
   <p:cSld name="Title Content and 2 Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="PlaceHolder 1"/>
+          <p:cNvPr id="22" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="PlaceHolder 2"/>
+          <p:cNvPr id="23" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="PlaceHolder 3"/>
+          <p:cNvPr id="24" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="PlaceHolder 4"/>
+          <p:cNvPr id="25" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="3798720"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="3682080"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObjOverTx" preserve="1">
   <p:cSld name="Title, 2 Content over Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="PlaceHolder 1"/>
+          <p:cNvPr id="26" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="PlaceHolder 2"/>
+          <p:cNvPr id="27" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="PlaceHolder 3"/>
+          <p:cNvPr id="28" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015800" cy="2355120"/>
+            <a:off x="4674240" y="1604520"/>
+            <a:ext cx="4015800" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="PlaceHolder 4"/>
+          <p:cNvPr id="29" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="3798720"/>
-            <a:ext cx="8229240" cy="2355120"/>
+            <a:off x="457200" y="3682080"/>
+            <a:ext cx="8229240" cy="1896840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/>
 </Relationships>
 </file>
 
@@ -5524,731 +5252,561 @@
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="0" name="Line 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6352920"/>
-            <a:ext cx="8229600" cy="0"/>
+            <a:ext cx="8229600" cy="360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="Line 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1143000"/>
-            <a:ext cx="8229600" cy="0"/>
+            <a:ext cx="8229600" cy="360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="CustomShape 3" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419400" y="6467400"/>
-            <a:ext cx="190080" cy="120240"/>
+            <a:off x="419760" y="6467400"/>
+            <a:ext cx="189720" cy="119880"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="CustomShape 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="905040" y="3648240"/>
-            <a:ext cx="7314840" cy="1279080"/>
+            <a:ext cx="7314480" cy="1278720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="rnd" w="6350">
             <a:solidFill>
-              <a:schemeClr val="accent1"/>
+              <a:srgbClr val="727ca3"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="CustomShape 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="5048280"/>
-            <a:ext cx="7314840" cy="685440"/>
+            <a:ext cx="7314480" cy="685080"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="rnd" w="6350">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="CustomShape 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="905040" y="3648240"/>
-            <a:ext cx="228240" cy="1279080"/>
+            <a:ext cx="227880" cy="1278720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="CustomShape 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="5048280"/>
-            <a:ext cx="228240" cy="685440"/>
+            <a:ext cx="227880" cy="685080"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="PlaceHolder 8"/>
+          <p:cNvPr id="7" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1219320" y="3886200"/>
-            <a:ext cx="6857640" cy="990360"/>
+            <a:off x="457200" y="152280"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr algn="r">
-[...88 lines deleted...]
-              </a:solidFill>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Click to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>edit the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>title text </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>format</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="PlaceHolder 9"/>
-[...87 lines deleted...]
-          <p:cNvPr id="10" name="PlaceHolder 11"/>
+          <p:cNvPr id="8" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1604520"/>
             <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="432000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Click to edit the outline text format</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" marL="864000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1134"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="75000"/>
               <a:buFont typeface="Symbol" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Second Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="2" marL="1296000" indent="-288000">
               <a:spcBef>
                 <a:spcPts val="850"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Third Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3" marL="1728000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="567"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="75000"/>
               <a:buFont typeface="Symbol" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="1600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fourth Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="4" marL="2160000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fifth Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="5" marL="2592000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Sixth Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="6" marL="3024000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Seventh Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId2"/>
     <p:sldLayoutId id="2147483650" r:id="rId3"/>
     <p:sldLayoutId id="2147483651" r:id="rId4"/>
     <p:sldLayoutId id="2147483652" r:id="rId5"/>
     <p:sldLayoutId id="2147483653" r:id="rId6"/>
     <p:sldLayoutId id="2147483654" r:id="rId7"/>
     <p:sldLayoutId id="2147483655" r:id="rId8"/>
     <p:sldLayoutId id="2147483656" r:id="rId9"/>
     <p:sldLayoutId id="2147483657" r:id="rId10"/>
     <p:sldLayoutId id="2147483658" r:id="rId11"/>
     <p:sldLayoutId id="2147483659" r:id="rId12"/>
     <p:sldLayoutId id="2147483660" r:id="rId13"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
 
@@ -6256,1384 +5814,895 @@
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="ffffff"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="47" name="Line 1"/>
+          <p:cNvPr id="45" name="Line 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6352920"/>
-            <a:ext cx="8229600" cy="0"/>
+            <a:ext cx="8229600" cy="360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="48" name="Line 2"/>
+          <p:cNvPr id="46" name="Line 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1143000"/>
-            <a:ext cx="8229600" cy="0"/>
+            <a:ext cx="8229600" cy="360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49" name="CustomShape 3"/>
+          <p:cNvPr id="47" name="CustomShape 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419400" y="6467400"/>
-            <a:ext cx="190080" cy="120240"/>
+            <a:off x="419760" y="6467400"/>
+            <a:ext cx="189720" cy="119880"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="PlaceHolder 4"/>
+          <p:cNvPr id="48" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:off x="457200" y="273600"/>
+            <a:ext cx="8229240" cy="1144800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr>
-[...117 lines deleted...]
-                <a:latin typeface="Franklin Gothic Book"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Cli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>ck </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>edi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>t </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>titl</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>e </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>tex</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>t </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>for</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>ma</a:t>
             </a:r>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...19 lines deleted...]
-              </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>t</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="51" name="PlaceHolder 5"/>
+          <p:cNvPr id="49" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:off x="457200" y="1604520"/>
+            <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr marL="432000" indent="-324000">
               <a:spcBef>
-                <a:spcPts val="601"/>
+                <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="727ca3"/>
+                <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPct val="76000"/>
-[...32 lines deleted...]
-              </a:lnSpc>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Click to edit the outline text format</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="864000" indent="-324000">
               <a:spcBef>
-                <a:spcPts val="499"/>
+                <a:spcPts val="1134"/>
               </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="9fb8cd"/>
+                <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPct val="76000"/>
-[...23 lines deleted...]
-              </a:lnSpc>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Symbol" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Second Outline Level</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1296000" indent="-288000">
               <a:spcBef>
-                <a:spcPts val="499"/>
+                <a:spcPts val="850"/>
               </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="bcbcbc"/>
+                <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPct val="76000"/>
-[...23 lines deleted...]
-              </a:lnSpc>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Third Outline Level</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1728000" indent="-216000">
               <a:spcBef>
-                <a:spcPts val="400"/>
+                <a:spcPts val="567"/>
               </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="8ba2b4"/>
+                <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPct val="70000"/>
-[...23 lines deleted...]
-              </a:lnSpc>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Symbol" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Fourth Outline Level</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2160000" indent="-216000">
               <a:spcBef>
-                <a:spcPts val="300"/>
+                <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="9fb8cd"/>
+                <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPct val="70000"/>
+              <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
-              <a:buChar char=""/>
-[...11 lines deleted...]
-              <a:solidFill>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Fifth Outline Level</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5" marL="2592000" indent="-216000">
+              <a:spcBef>
+                <a:spcPts val="283"/>
+              </a:spcBef>
+              <a:buClr>
                 <a:srgbClr val="000000"/>
-              </a:solidFill>
-[...124 lines deleted...]
-              <a:latin typeface="Times New Roman"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Sixth Outline Level</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="6" marL="3024000" indent="-216000">
+              <a:spcBef>
+                <a:spcPts val="283"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Seventh Outline Level</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483669" r:id="rId9"/>
     <p:sldLayoutId id="2147483670" r:id="rId10"/>
     <p:sldLayoutId id="2147483671" r:id="rId11"/>
     <p:sldLayoutId id="2147483672" r:id="rId12"/>
     <p:sldLayoutId id="2147483673" r:id="rId13"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slideMasters/slideMaster3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="ffffff"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Line 1"/>
+          <p:cNvPr id="86" name="Line 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6352920"/>
-            <a:ext cx="8229600" cy="0"/>
+            <a:ext cx="8229600" cy="360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="91" name="Line 2"/>
+          <p:cNvPr id="87" name="Line 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1143000"/>
-            <a:ext cx="8229600" cy="0"/>
+            <a:ext cx="8229600" cy="360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
-              <a:schemeClr val="accent2"/>
+              <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="92" name="CustomShape 3"/>
+          <p:cNvPr id="88" name="CustomShape 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419400" y="6467400"/>
-            <a:ext cx="190080" cy="120240"/>
+            <a:off x="419760" y="6467400"/>
+            <a:ext cx="189720" cy="119880"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="93" name="CustomShape 4"/>
+          <p:cNvPr id="89" name="CustomShape 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419400" y="6467400"/>
-            <a:ext cx="190080" cy="120240"/>
+            <a:off x="419760" y="6467400"/>
+            <a:ext cx="189720" cy="119880"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
+            <a:outerShdw blurRad="39960" dir="5400000" dist="20160" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="94" name="PlaceHolder 5"/>
+          <p:cNvPr id="90" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="228600"/>
-            <a:ext cx="8229240" cy="914040"/>
+            <a:off x="457200" y="152280"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr>
-[...142 lines deleted...]
-              </a:solidFill>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Click to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>edit the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>title text </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>format</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="95" name="PlaceHolder 6"/>
-[...144 lines deleted...]
-          <p:cNvPr id="98" name="PlaceHolder 9"/>
+          <p:cNvPr id="91" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1604520"/>
             <a:ext cx="8229240" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="432000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Click to edit the outline text format</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" marL="864000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1134"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="75000"/>
               <a:buFont typeface="Symbol" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Second Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="2" marL="1296000" indent="-288000">
               <a:spcBef>
                 <a:spcPts val="850"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Third Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3" marL="1728000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="567"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="75000"/>
               <a:buFont typeface="Symbol" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="1600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fourth Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="4" marL="2160000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fifth Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="5" marL="2592000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Sixth Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="6" marL="3024000" indent="-216000">
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Seventh Outline Level</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483675" r:id="rId2"/>
     <p:sldLayoutId id="2147483676" r:id="rId3"/>
     <p:sldLayoutId id="2147483677" r:id="rId4"/>
     <p:sldLayoutId id="2147483678" r:id="rId5"/>
     <p:sldLayoutId id="2147483679" r:id="rId6"/>
     <p:sldLayoutId id="2147483680" r:id="rId7"/>
     <p:sldLayoutId id="2147483681" r:id="rId8"/>
     <p:sldLayoutId id="2147483682" r:id="rId9"/>
     <p:sldLayoutId id="2147483683" r:id="rId10"/>
     <p:sldLayoutId id="2147483684" r:id="rId11"/>
     <p:sldLayoutId id="2147483685" r:id="rId12"/>
     <p:sldLayoutId id="2147483686" r:id="rId13"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nl.ijs.si/ME/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nl.ijs.si/ME/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nl.ijs.si/ME/V3/msd/html/msd.html#SECTION04210000000000000000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/>
@@ -7787,852 +6856,734 @@
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="141" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="134" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="442800" y="3557520"/>
-            <a:ext cx="7772040" cy="1469520"/>
+            <a:ext cx="7771680" cy="1469160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
-              <a:t>Obli</a:t>
-[...103 lines deleted...]
-              </a:solidFill>
+              <a:t>Oblikoslovno označevanje in lematizacija</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="142" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="135" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1785960" y="676440"/>
-            <a:ext cx="6400440" cy="1752120"/>
+            <a:ext cx="6400080" cy="1751760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
-              <a:t>Jeziko</a:t>
-[...26 lines deleted...]
-              <a:t>logije</a:t>
+              <a:t>Jezikovne tehnologije</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="143" name="CustomShape 3"/>
+          <p:cNvPr id="136" name="CustomShape 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1071720" y="5214960"/>
-            <a:ext cx="7143480" cy="823680"/>
+            <a:ext cx="7143120" cy="823320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="898989"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Jernej Vičič   </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="898989"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="898989"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="898989"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="898989"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="163" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="156" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>MULTEXT-East</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="164" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="157" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>prosto dostopni</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t> ve</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>čjezični oblikoslovni viri za namene jezikovnih tehnologij:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oblikoslovne specifikacije</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oblikoslovni leksikon</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oblikoslovno označen, standardno zapisan, vzporedni korpus: “1984”</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2300" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId1"/>
               </a:rPr>
               <a:t>http</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2300" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>://nl.ijs.si/ME/</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="165" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="158" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Oblikoslovne specifikacije</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="166" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="159" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>definirajo besedne vrste, njihove oblikoslovne lastnosti, in vrednosti,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>in za katere jezike so dovoljene,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>določijo preslikavo v oblikoslovne oznake npr.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
               </a:rPr>
               <a:t>Category=Noun, Type=common, Gendar=masculine, Number=singular, Case=nominative</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
@@ -8640,123 +7591,114 @@
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>↔ </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>Ncmsn</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2100" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>preslikava je avtomatično izvedljiva,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>če nek atribut ni definiran, se uporabi pomišljaj: </a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>Vmip1s-n</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
@@ -8766,59 +7708,56 @@
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>(čakam</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2100" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>V</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
@@ -8848,473 +7787,479 @@
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
               </a:rPr>
               <a:t>čakala)</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2100" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2100" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="167" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="160" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:br/>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Franklin Gothic Book"/>
                 <a:hlinkClick r:id="rId1"/>
               </a:rPr>
               <a:t>Primer</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t> večjezične tabele za samostalnik (kaj je Npfdv?)</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="168" name="Picture 4" descr=""/>
+          <p:cNvPr id="161" name="Picture 4" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1268640"/>
-            <a:ext cx="7632360" cy="5165280"/>
+            <a:ext cx="7632000" cy="5164920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="169" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="162" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Tabele za slovenščino:</a:t>
             </a:r>
             <a:br/>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>dvojezičnost</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="170" name="Picture 4" descr=""/>
+          <p:cNvPr id="163" name="Picture 4" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="828000" y="1340640"/>
-            <a:ext cx="7488000" cy="5148000"/>
+            <a:ext cx="7487640" cy="5147640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="171" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="164" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Fida(PLUS), GigaFida</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="172" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="165" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fida je prevzela (slovenske) oznake MULTEXT-East</a:t>
             </a:r>
             <a:br/>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Pg-msa----a-y </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>= </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Zc-met----p-d,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>skoraj enake oznake nato uporabljene tudi za FidaPLUS in pozneje GigaFida,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>namesto “-” se uporablja “x”:</a:t>
             </a:r>
             <a:br/>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
@@ -9430,177 +8375,180 @@
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
               </a:rPr>
               <a:t>x</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
               </a:rPr>
               <a:t>d</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="173" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="166" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>JOS</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="174" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="167" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>projekt “Jezikoslovno označevanje slovenščine”, </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2800" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
@@ -9610,3687 +8558,3588 @@
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId1"/>
               </a:rPr>
               <a:t>http://nl.ijs.si/jos</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2800" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>/</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>izdelava novih oblikoslovnih specifikacij in ročno označenih korpus,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>specifikacije sedaj napisane v XML-TEI,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>spremembe pri vrstnem redu lastnosti, imenih lastnosti in katere oznake so pripisane katerim besednim oblikam.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="175" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="168" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="228600"/>
-            <a:ext cx="8229240" cy="914040"/>
+            <a:ext cx="8228880" cy="913680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Primer tabele za glagol</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="176" name="Picture 5" descr=""/>
+          <p:cNvPr id="169" name="Picture 5" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1484280"/>
-            <a:ext cx="9143640" cy="5373360"/>
+            <a:ext cx="9143280" cy="5373000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="177" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="170" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="228600"/>
-            <a:ext cx="8229240" cy="914040"/>
+            <a:ext cx="8228880" cy="913680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Primer nabora oznak</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="178" name="Picture 6" descr=""/>
+          <p:cNvPr id="171" name="Picture 6" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="324000" y="1700280"/>
-            <a:ext cx="8459280" cy="5157360"/>
+            <a:ext cx="8458920" cy="5157000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="179" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="172" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>JOS oblikoslovne oznake</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="180" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="173" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1773360"/>
-            <a:ext cx="4470120" cy="4750920"/>
+            <a:ext cx="4469760" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>število oblikokoslovnih oznak: 1902</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>vendar zelo neenakomerno razporejene:</a:t>
             </a:r>
             <a:br/>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>v korpusu s 100.000 besed je samo </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1064 </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oznak</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="181" name="Picture 4" descr=""/>
+          <p:cNvPr id="174" name="Picture 4" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:srcRect l="908" t="38119" r="56942" b="23765"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5508720" y="1628640"/>
-            <a:ext cx="3311280" cy="2917440"/>
+            <a:ext cx="3310920" cy="2917080"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="182" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="175" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="183" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="176" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Samo označevanje poteka v treh delih:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>tokenizacija: delitev besedil na besede in ločila,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oblikoskladenjsko označevanje: dodajanje oblikoskladenjskih oznak besedam,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>lematizacija: pripisovanje osnovne slovarske oblike posameznim besedam.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="144" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="137" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6048000" cy="364680"/>
+            <a:ext cx="6047640" cy="364320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>Jezikovn</a:t>
-[...35 lines deleted...]
-              <a:t>Vičič</a:t>
+              <a:t>Jezikovne tehnologije, Jernej Vičič</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
-              <a:latin typeface="Times New Roman"/>
+              <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="145" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="138" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
-              <a:t>Vse</a:t>
-[...58 lines deleted...]
-              </a:solidFill>
+              <a:t>Vsebina predavanja</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="146" name="TextShape 3"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="139" name="TextShape 3"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980720" cy="364680"/>
+            <a:ext cx="1980360" cy="364320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:fld id="{493FC917-6649-464E-BD17-38E659AAE520}" type="slidenum">
+            <a:fld id="{D6856CF8-7A28-41A4-8A89-BA1D494DFD3F}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
-              <a:latin typeface="Times New Roman"/>
+              <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="147" name="TextShape 4"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="140" name="TextShape 4"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4081680"/>
+            <a:ext cx="8228880" cy="4081320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1199"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Uvod</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="184" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="177" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="185" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="178" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>TOTALE:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>JOS (Erjavec et al., 2010)</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>tokenizacija: lastna,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oblikoskladenjsko označevanje:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>orodje TnT (Brants, 2000),</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>lematizacija:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>CLOG (Erjavec in Džeroski, 2004)</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>osnovna tehnologija samodejnega označevanja: </a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Hidden Markov Model (na podlagi statistike).</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="186" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="179" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Kakovost samodejnega označevanja</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="187" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="180" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>angleščina:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>~ 95% za znane besede</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>~ 85% za neznane besede</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId1"/>
               </a:rPr>
               <a:t>primerjava (2017)</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="188" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="181" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Kakovost samodejnega označevanja</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="189" name="Picture 4" descr=""/>
+          <p:cNvPr id="182" name="Picture 4" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="520560" y="0"/>
-            <a:ext cx="8088120" cy="6857640"/>
+            <a:ext cx="8087760" cy="6857280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="190" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="183" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Kakovost samodejnega označevanja</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="191" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="184" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>slovenščina:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>~ 91% za znane besede</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>~ ??% za neznane besede</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="192" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="185" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="193" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="186" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>naloga:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>imamo zaporedje besed,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>poiščimo najbolj verjetno zaporedje oznak (MSD):</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2500" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2500" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="194" name="Table 3"/>
+          <p:cNvPr id="187" name="Table 3"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="3573000"/>
-          <a:ext cx="8229240" cy="458640"/>
+          <a:ext cx="8229240" cy="646560"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
                 <a:gridCol w="822960"/>
               </a:tblGrid>
               <a:tr h="215640">
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>danes</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>je</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>lepo</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>vreme</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>in</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>sonce</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>bo</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>sijalo</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>tudi</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>jutri</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="215640">
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="215640">
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Rsn</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Gp-ste-n</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Ppnsei</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Sosei</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Vp</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Sosei</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Gp-pte-n</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Ggnd-es</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>L</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnL>
                     <a:lnR w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnR>
                     <a:lnT w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnT>
                     <a:lnB w="6480">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
-                    <a:bodyPr lIns="12600" rIns="12600" tIns="12600" bIns="0" anchor="b">
+                    <a:bodyPr lIns="12600" rIns="12600">
                       <a:noAutofit/>
                     </a:bodyPr>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:latin typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Rsn</a:t>
                       </a:r>
                       <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
                         <a:latin typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="12600" marR="12600">
                     <a:lnL w="6480">
                       <a:solidFill>
@@ -13330,1254 +12179,2739 @@
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="195" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="188" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="196" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="189" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>naloga:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>imamo zaporedje besed,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>poiščimo najbolj verjetno zaporedje oznak (MSD):</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>noisy channel model (kot strojno prevajanje).</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="197" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="190" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="198" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="191" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>naloga:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>imamo zaporedje besed,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>poiščimo najbolj verjetno zaporedje oznak (MSD):</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>noisy channel model (kot strojno prevajanje).</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="199" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="192" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="200" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="193" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="1583640"/>
+            <a:ext cx="7272000" cy="1583280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>naloga:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="201" name="CustomShape 3"/>
+          <p:cNvPr id="194" name="CustomShape 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="179640" y="4581000"/>
-            <a:ext cx="4392000" cy="821880"/>
+            <a:ext cx="4391640" cy="821520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>modelira izhode beseda/POS</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>(vreme) je verjetno </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Sosei</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="202" name="CustomShape 4"/>
+          <p:cNvPr id="195" name="CustomShape 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4500000" y="4119480"/>
-            <a:ext cx="4752000" cy="821880"/>
+            <a:ext cx="4751640" cy="821520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>modelira prehode med POS/POS</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Sosei</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t> je verjetno za </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Ppnsei</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="203" name="CustomShape 5"/>
+          <p:cNvPr id="196" name="CustomShape 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="2123640" y="2924640"/>
-            <a:ext cx="2448000" cy="1656000"/>
+            <a:off x="2123640" y="3200400"/>
+            <a:ext cx="1076760" cy="1379520"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="204" name="CustomShape 6"/>
+          <p:cNvPr id="197" name="CustomShape 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
-            <a:off x="5939280" y="2924280"/>
-            <a:ext cx="503640" cy="1194120"/>
+            <a:off x="2700720" y="3425400"/>
+            <a:ext cx="3927960" cy="917640"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="198" name="Table 3_0"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="516600" y="2306880"/>
+          <a:ext cx="8229240" cy="646560"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+                <a:gridCol w="822960"/>
+              </a:tblGrid>
+              <a:tr h="215640">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>danes</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>je</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>lepo</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>vreme</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>sonce</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>bo</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>sijalo</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>tudi</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>jutri</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="215640">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="sk-SK" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="215640">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Rsn</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Gp-ste-n</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Ppnsei</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Sosei</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Vp</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Sosei</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Gp-pte-n</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Ggnd-es</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>L</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr lIns="12600" rIns="12600">
+                      <a:noAutofit/>
+                    </a:bodyPr>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Rsn</a:t>
+                      </a:r>
+                      <a:endParaRPr b="0" lang="en-US" sz="1600" spc="-1" strike="noStrike">
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="12600" marR="12600">
+                    <a:lnL w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6480">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq>
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" nodeType="clickEffect" fill="hold" presetClass="entr" presetID="1">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="203"/>
+                                          <p:spTgt spid="196"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="9" nodeType="clickEffect" fill="hold" presetClass="entr" presetID="1">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="201"/>
+                                          <p:spTgt spid="194"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="11" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="12" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="13" nodeType="clickEffect" fill="hold" presetClass="entr" presetID="1">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="204"/>
+                                          <p:spTgt spid="197"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="17" nodeType="clickEffect" fill="hold" presetClass="entr" presetID="1">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="202"/>
+                                          <p:spTgt spid="195"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
@@ -14596,1477 +14930,1486 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="205" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="199" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="206" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="200" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="1800000"/>
+            <a:ext cx="7272000" cy="1799640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>MSD/MSD prehodi: ,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>MSD/beseda verjetnost:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="207" name="Picture 1" descr=""/>
+          <p:cNvPr id="201" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="720" y="3717000"/>
-            <a:ext cx="8504640" cy="2639160"/>
+            <a:ext cx="8504280" cy="2638800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="208" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="202" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="209" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="203" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="1007640"/>
+            <a:ext cx="7272000" cy="1007280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr lvl="1" marL="272880" indent="-272520">
+            <a:pPr lvl="1" marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>učenje:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>preštejemo pojavitve v korpusu,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...39 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>delimo s kontekstom, da dobimo verjetnost:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="210" name="CustomShape 3"/>
+          <p:cNvPr id="204" name="CustomShape 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="2493000"/>
-            <a:ext cx="7272360" cy="1872000"/>
+            <a:ext cx="7272000" cy="1871640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="274680">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>danes </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>je </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>lepo</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="274680">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="274680">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Rsn</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t> Gp-ste-n </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Ppnsei</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="274680">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="274680">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="274680">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="211" name="CustomShape 4"/>
+          <p:cNvPr id="205" name="CustomShape 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1835640" y="3573000"/>
-            <a:ext cx="791640" cy="360"/>
+            <a:ext cx="791280" cy="360"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="212" name="CustomShape 5"/>
+          <p:cNvPr id="206" name="CustomShape 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3924000" y="3573000"/>
-            <a:ext cx="575640" cy="360"/>
+            <a:ext cx="575280" cy="360"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="213" name="CustomShape 6"/>
+          <p:cNvPr id="207" name="CustomShape 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="1403640" y="2924280"/>
-            <a:ext cx="360" cy="503640"/>
+            <a:ext cx="360" cy="503280"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="214" name="CustomShape 7"/>
+          <p:cNvPr id="208" name="CustomShape 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683640" y="3573000"/>
-            <a:ext cx="359640" cy="360"/>
+            <a:ext cx="359280" cy="360"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="215" name="CustomShape 8"/>
+          <p:cNvPr id="209" name="CustomShape 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5436000" y="3573000"/>
-            <a:ext cx="431640" cy="360"/>
+            <a:ext cx="431280" cy="360"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="216" name="CustomShape 9"/>
+          <p:cNvPr id="210" name="CustomShape 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="2843640" y="2924280"/>
-            <a:ext cx="360" cy="503640"/>
+            <a:ext cx="360" cy="503280"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="217" name="CustomShape 10"/>
+          <p:cNvPr id="211" name="CustomShape 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="4716000" y="2924280"/>
-            <a:ext cx="360" cy="503640"/>
+            <a:ext cx="360" cy="503280"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="21600" h="21600">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="21600" y="21600"/>
                 </a:lnTo>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:tailEnd len="med" type="triangle" w="med"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="218" name="CustomShape 11"/>
+          <p:cNvPr id="212" name="CustomShape 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="263880" y="3022920"/>
-            <a:ext cx="1682640" cy="303480"/>
+            <a:ext cx="1682280" cy="303120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
-              </a:rPr>
-              <a:t>c(Rsn -</a:t>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t>c(Rsn -&gt;</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-              <a:t>&gt;</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t>danes</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...8 lines deleted...]
-                <a:latin typeface="Arial"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>)++</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="219" name="CustomShape 12"/>
+          <p:cNvPr id="213" name="CustomShape 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2155680" y="3022920"/>
-            <a:ext cx="1682640" cy="303480"/>
+            <a:ext cx="1682280" cy="515880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>c(</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Gp-ste-n</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
-              </a:rPr>
-[...9 lines deleted...]
-              <a:t>&gt;je)++</a:t>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t> -&gt;je)++</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="220" name="CustomShape 13"/>
+          <p:cNvPr id="214" name="CustomShape 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4197240" y="3022920"/>
-            <a:ext cx="1682640" cy="303480"/>
+            <a:ext cx="1682280" cy="303120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
-              </a:rPr>
-[...9 lines deleted...]
-              <a:t>…)++</a:t>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t>c(…)++</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="221" name="CustomShape 14"/>
+          <p:cNvPr id="215" name="CustomShape 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="5101560"/>
-            <a:ext cx="6696360" cy="1299240"/>
+            <a:ext cx="6696000" cy="1262520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>P</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike" baseline="-25000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>T</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Gp-ste-n|Rsn</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>)=c(Rst </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Gp-ste-n</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>)/c(</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>Gp-ste-n</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>)=bla</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>P</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike" baseline="-25000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>E</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>(je</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>|Gp-ste-n</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>)=c(</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
-              </a:rPr>
-              <a:t>Gp-ste-n -</a:t>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t>Gp-ste-n -&gt;je</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t>)/c(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
                 <a:latin typeface="Calibri"/>
-              </a:rPr>
-              <a:t>&gt;je</a:t>
+                <a:ea typeface="DejaVu Sans"/>
+              </a:rPr>
+              <a:t>Gp-ste-n</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
-              </a:rPr>
-[...16 lines deleted...]
-                <a:latin typeface="Arial"/>
+                <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
               <a:t>)=bla_drugačen</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
@@ -16074,3360 +16417,3269 @@
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="148" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="141" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Besedni razredi</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="149" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="142" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>besedni razredi definirajo kategorije besed,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>kategorije so definirane s pogledom na obnašanje besed,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>pripadajo določenemu razredu,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>primera takšnih razdelitev besednih razredov sta:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oznake PoS in MSD.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...10 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="222" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="216" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="223" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="217" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="1007640"/>
+            <a:ext cx="7272000" cy="1007280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr lvl="1" marL="272880" indent="-272520">
+            <a:pPr lvl="1" marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>glajenje,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>pomembno predvsem za neznane besede.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...10 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="224" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="218" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="225" name="Picture 1" descr=""/>
+          <p:cNvPr id="219" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="107640" y="1456920"/>
-            <a:ext cx="9036000" cy="3976560"/>
+            <a:ext cx="9035640" cy="3976200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="226" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="220" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="227" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="221" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="228" name="Picture 2" descr=""/>
+          <p:cNvPr id="222" name="Picture 2" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="89640" y="1412640"/>
-            <a:ext cx="8964000" cy="4069440"/>
+            <a:ext cx="8963640" cy="4069080"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="229" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="223" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Samodejno označevanje - HMM</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="230" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="224" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="1007640"/>
+            <a:ext cx="7272000" cy="1007280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr lvl="1" marL="272880" indent="-272520">
+            <a:pPr lvl="1" marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>iskanje najverjetnejših oznak MSD:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>viterbi algoritem:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="2" marL="547560" indent="-228240">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="547560" indent="-227880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>forward step: </a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="3" marL="822240" indent="-228240">
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="822240" indent="-227880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="70000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>izračunaj najboljšo pot do vozlišča,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="3" marL="822240" indent="-228240">
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="822240" indent="-227880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="70000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>poišči pot do vsakega vozlišča z najnižjo negativno log verjetnostjo,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="2" marL="547560" indent="-228240">
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="547560" indent="-227880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>backward step: reproduciraj pot.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...18 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="231" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="225" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Primeri</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="232" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="226" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1484640"/>
-            <a:ext cx="7272360" cy="4750920"/>
+            <a:ext cx="7272000" cy="4750560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>Danes je lepo vreme .</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>Danes</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>danes Rsn</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>je</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>biti Gp-ste-n</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>jesti Ggnspm</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>lepo</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>lep Ppnsei</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>lep Ppnset</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>lep Ppnzeo</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>lep Ppnzet</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>vreme</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>vreme Sosei</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>vreme Soset</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="1800" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="2000" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="233" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="227" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Primeri</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="234" name="Picture 2" descr=""/>
+          <p:cNvPr id="228" name="Picture 2" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="317160" y="1268640"/>
-            <a:ext cx="8508960" cy="4808160"/>
+            <a:ext cx="8508600" cy="4807800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="150" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="143" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Besedni razredi - primer</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="151" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="144" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4937400"/>
+            <a:ext cx="8228880" cy="4937040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>obkrožim</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>ob - zraven, okoli</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>krož - krožiti</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>i - dovršnost</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>m - določenost glede na delo</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>razdelitev besede obkrožim na morfeme in razlaga pomena posameznih morfemov.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="152" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="145" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>tipološke značilnosti slovanskih jezikov</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="153" name="Picture 3" descr=""/>
+          <p:cNvPr id="146" name="Picture 3" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="755640" y="1268640"/>
-            <a:ext cx="5490000" cy="3572640"/>
+            <a:ext cx="5489640" cy="3572280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="154" name="Picture 4" descr=""/>
+          <p:cNvPr id="147" name="Picture 4" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1259640" y="5045400"/>
-            <a:ext cx="5184360" cy="1139400"/>
+            <a:ext cx="5184000" cy="1139040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="155" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="148" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-GB" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>tipološke značilnosti slovanskih jezikov</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="156" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="149" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="2425320"/>
+            <a:ext cx="8228880" cy="2424960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oglejmo si primer slovenščine in makedonščine,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oba jezika poznata bogato pregibanje glagolov,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>načeloma prost besedni vrstni red,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>razlika med jezikoma pa je v dejstvu, da makedonščina ne pozna samostalniških sklanjatev,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="157" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="150" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Standardizacija oblikoslovnih oznak</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="158" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="151" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Oblikoslovne oznake so namenjene označevanju oblikoslovnih lastnosti posameznih besed,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>za slovenski jezik sta najbolj poznana dva nabora:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>(Nova)Beseda,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fida,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>JOS.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="159" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="152" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Oznake ZRC SAZU</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="160" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="153" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>uporabljene v oblikoslovno označenem korpusu ZRC SAZU, v programu EVA in spletnem vmesniku, </a:t>
             </a:r>
             <a:br/>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId1"/>
               </a:rPr>
               <a:t>http</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="b292ca"/>
                 </a:solidFill>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>://bos.zrc-sazu.si/oblikoslovno_oznacevanje.html </a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>oznake osnovane na slovenski slovnici</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>vsaki oblikoslovni lastnosti pripada ena ali več črk ali številk:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Sže2- samostalnik ženskega spola, ednina, rodilnik </a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>A - prislov</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Gcp - glagol, tretja oseba, množina</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Pme1i - pridevnik, moški spol, ednina, imenovalnik, določna oblika</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr marL="272880" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>nabor vseh oznak ni podan.</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="161" name="TextShape 1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="154" name="TextShape 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8229240" cy="990360"/>
+            <a:ext cx="8228880" cy="990000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>Oznake JOS</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="162" name="TextShape 2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="155" name="TextShape 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8229240" cy="4909680"/>
+            <a:ext cx="8228880" cy="4909320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="272880" indent="-272520">
+            <a:pPr marL="272880" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>izhajajo iz projektov EU:</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>EAGLES: Expert Advisory Group on Langage Engineering Standards (1993-1996),</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>MULTEXT: Multilingual Text Corpora and Tools (1993-1996),</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>MULTEXT-East: MULTEXT for Central and Eastern European Languages (1995-1997),</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="2" marL="822240" indent="-228240">
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="822240" indent="-227880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="bcbcbc"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Slovenija: IJS, Amebis,</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2000" spc="-1" strike="noStrike">
-[...7 lines deleted...]
-            <a:pPr lvl="1" marL="547560" indent="-272520">
+            <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272160">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="464653"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>MULTEXT-East V2 (2002), V3 (2004).</a:t>
             </a:r>
-            <a:endParaRPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <mc:AlternateContent>
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -20310,51 +20562,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Origin</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/7.0.5.2$Linux_X86_64 LibreOffice_project/00$Build-2</Application>
+  <Application>LibreOffice/7.1.7.2$Linux_X86_64 LibreOffice_project/10$Build-2</Application>
   <AppVersion></AppVersion>
   <Words>773</Words>
   <Paragraphs>220</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <dc:description/>
   <dc:language>en-US</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title>Programiranje III Vzporedno programiranje</dc:title>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Notes">
     <vt:i4>3</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PresentationFormat">