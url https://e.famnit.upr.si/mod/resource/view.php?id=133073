--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -97,233 +97,229 @@
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide19.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide22.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide5.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide23.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide6.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide24.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide7.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide25.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide8.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide30.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide31.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide32.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide33.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide34.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide35.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide36.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide37.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide56.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/_rels/slide44.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide55.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide43.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide54.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide42.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide53.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide39.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide41.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide52.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide38.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide40.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide46.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide47.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide10.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide45.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide9.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide26.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide14.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide12.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide49.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide51.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide15.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide52.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide27.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide16.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide28.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide17.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide29.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide11.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide48.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide50.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide13.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide40.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide38.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide20.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide18.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide39.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide41.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide4.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/_rels/slide21.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/slides/_rels/slide19.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide44.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide47.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide10.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide12.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide49.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide30.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide31.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide32.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide33.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide34.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide35.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide36.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide37.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide54.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide42.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide53.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide52.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide38.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide40.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide51.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide48.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide11.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide13.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide4.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/notesSlides/_rels/notesSlide50.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide17.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide8.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide23.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide20.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide55.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide18.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide9.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide24.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide19.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide21.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/ppt/notesSlides/_rels/notesSlide56.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide22.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide25.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide26.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide7.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide16.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide6.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide15.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide5.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide14.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide27.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide28.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide29.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide43.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide44.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide45.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide46.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide39.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/_rels/notesSlide41.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/notesSlides/_rels/notesSlide50.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -377,65 +373,64 @@
     <p:sldId id="286" r:id="rId44"/>
     <p:sldId id="287" r:id="rId45"/>
     <p:sldId id="288" r:id="rId46"/>
     <p:sldId id="289" r:id="rId47"/>
     <p:sldId id="290" r:id="rId48"/>
     <p:sldId id="291" r:id="rId49"/>
     <p:sldId id="292" r:id="rId50"/>
     <p:sldId id="293" r:id="rId51"/>
     <p:sldId id="294" r:id="rId52"/>
     <p:sldId id="295" r:id="rId53"/>
     <p:sldId id="296" r:id="rId54"/>
     <p:sldId id="297" r:id="rId55"/>
     <p:sldId id="298" r:id="rId56"/>
     <p:sldId id="299" r:id="rId57"/>
     <p:sldId id="300" r:id="rId58"/>
     <p:sldId id="301" r:id="rId59"/>
     <p:sldId id="302" r:id="rId60"/>
     <p:sldId id="303" r:id="rId61"/>
     <p:sldId id="304" r:id="rId62"/>
     <p:sldId id="305" r:id="rId63"/>
     <p:sldId id="306" r:id="rId64"/>
     <p:sldId id="307" r:id="rId65"/>
     <p:sldId id="308" r:id="rId66"/>
     <p:sldId id="309" r:id="rId67"/>
     <p:sldId id="310" r:id="rId68"/>
-    <p:sldId id="311" r:id="rId69"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000"/>
   <p:notesSz cx="7099300" cy="10234613"/>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1"/>
 </p:presentationPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme12.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -724,51 +719,51 @@
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:buNone/>
             </a:pPr>
-            <a:fld id="{A43243FB-C9E6-4D1E-9E42-F973BB127B10}" type="slidenum">
+            <a:fld id="{F8EED22C-58B7-4CAC-9233-81C835EE3B1F}" type="slidenum">
               <a:rPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
@@ -1003,8845 +998,9087 @@
 <file path=ppt/notesSlides/_rels/notesSlide51.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide51.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide52.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide52.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide53.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide53.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide54.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide54.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide55.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide55.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide56.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...3 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="333" name="PlaceHolder 1"/>
+          <p:cNvPr id="330" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="334" name="PlaceHolder 2"/>
+          <p:cNvPr id="331" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="335" name="PlaceHolder 3"/>
+          <p:cNvPr id="332" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="142"/>
+            <p:ph type="sldNum" idx="140"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{0EFA7BC2-2DB9-4AC6-A4B9-260BA9D4D35B}" type="slidenum">
+            <a:fld id="{7A7EFEB2-DC00-4E10-812E-D807BA12D481}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="360" name="PlaceHolder 1"/>
+          <p:cNvPr id="357" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="361" name="PlaceHolder 2"/>
+          <p:cNvPr id="358" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="362" name="PlaceHolder 3"/>
+          <p:cNvPr id="359" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="151"/>
+            <p:ph type="sldNum" idx="149"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{68CC7B72-94C4-4103-AB5A-425CD5B97543}" type="slidenum">
+            <a:fld id="{6CAEFC4D-563B-4AA4-8B6A-50E8F68CC247}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="363" name="PlaceHolder 1"/>
+          <p:cNvPr id="360" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="364" name="PlaceHolder 2"/>
+          <p:cNvPr id="361" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="365" name="PlaceHolder 3"/>
+          <p:cNvPr id="362" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="152"/>
+            <p:ph type="sldNum" idx="150"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A091317C-7161-4206-9451-7BC3A97C76B7}" type="slidenum">
+            <a:fld id="{2EC8F7E9-EF81-4B2B-B06F-8FC57B9D5379}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="366" name="PlaceHolder 1"/>
+          <p:cNvPr id="363" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="367" name="PlaceHolder 2"/>
+          <p:cNvPr id="364" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="368" name="PlaceHolder 3"/>
+          <p:cNvPr id="365" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="153"/>
+            <p:ph type="sldNum" idx="151"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{BB3A3409-D5DE-4C0D-98A3-85DBBC4BBA74}" type="slidenum">
+            <a:fld id="{BDDDFDE9-F704-4643-8EA6-38B45D377405}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="369" name="PlaceHolder 1"/>
+          <p:cNvPr id="366" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="370" name="PlaceHolder 2"/>
+          <p:cNvPr id="367" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="371" name="PlaceHolder 3"/>
+          <p:cNvPr id="368" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="154"/>
+            <p:ph type="sldNum" idx="152"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{7883B775-2FA4-4F99-BBB5-E5A42870E21D}" type="slidenum">
+            <a:fld id="{994C4973-D641-43D4-A8CD-7504147BC9D3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="372" name="PlaceHolder 1"/>
+          <p:cNvPr id="369" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="373" name="PlaceHolder 2"/>
+          <p:cNvPr id="370" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="374" name="PlaceHolder 3"/>
+          <p:cNvPr id="371" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="155"/>
+            <p:ph type="sldNum" idx="153"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{BAE8C088-AE68-4C1D-81A8-B665304E7705}" type="slidenum">
+            <a:fld id="{4697629D-3502-479B-BE38-0A53A020817D}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="375" name="PlaceHolder 1"/>
+          <p:cNvPr id="372" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="376" name="PlaceHolder 2"/>
+          <p:cNvPr id="373" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="377" name="PlaceHolder 3"/>
+          <p:cNvPr id="374" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="156"/>
+            <p:ph type="sldNum" idx="154"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C367AFF2-066C-43DE-A36C-AC1131A908D2}" type="slidenum">
+            <a:fld id="{F176843C-14B9-484B-9D5E-242A89DE121B}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="378" name="PlaceHolder 1"/>
+          <p:cNvPr id="375" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="379" name="PlaceHolder 2"/>
+          <p:cNvPr id="376" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="380" name="PlaceHolder 3"/>
+          <p:cNvPr id="377" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="157"/>
+            <p:ph type="sldNum" idx="155"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{662B3B2C-EF85-4EDB-B86F-C32117A3C2EE}" type="slidenum">
+            <a:fld id="{907B926D-F276-49E9-8507-C719CC3A459B}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="381" name="PlaceHolder 1"/>
+          <p:cNvPr id="378" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="382" name="PlaceHolder 2"/>
+          <p:cNvPr id="379" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="383" name="PlaceHolder 3"/>
+          <p:cNvPr id="380" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="158"/>
+            <p:ph type="sldNum" idx="156"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F488CD1F-38FA-45C7-925B-A60406BA938C}" type="slidenum">
+            <a:fld id="{891DBB4B-F3D1-48F9-86CC-FD7734F56B41}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="384" name="PlaceHolder 1"/>
+          <p:cNvPr id="381" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="385" name="PlaceHolder 2"/>
+          <p:cNvPr id="382" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="386" name="PlaceHolder 3"/>
+          <p:cNvPr id="383" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="159"/>
+            <p:ph type="sldNum" idx="157"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CA2CF497-D5E8-4B95-8C59-917E134B1247}" type="slidenum">
+            <a:fld id="{5E46B19C-B869-4F6B-A547-674D6D8C6718}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="387" name="PlaceHolder 1"/>
+          <p:cNvPr id="384" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="388" name="PlaceHolder 2"/>
+          <p:cNvPr id="385" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="389" name="PlaceHolder 3"/>
+          <p:cNvPr id="386" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="160"/>
+            <p:ph type="sldNum" idx="158"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2D328768-4762-46BF-91C3-FA1C8C01FD89}" type="slidenum">
+            <a:fld id="{1A58DC22-1A82-4857-8A21-3870D35ED42C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="336" name="PlaceHolder 1"/>
+          <p:cNvPr id="333" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="337" name="PlaceHolder 2"/>
+          <p:cNvPr id="334" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="338" name="PlaceHolder 3"/>
+          <p:cNvPr id="335" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="143"/>
+            <p:ph type="sldNum" idx="141"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{4D19EDE9-BB5E-45E8-BC77-EE0480C093F6}" type="slidenum">
+            <a:fld id="{3DD4D3E5-E665-4708-BAEB-F61FF5F02E0D}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="390" name="PlaceHolder 1"/>
+          <p:cNvPr id="387" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="391" name="PlaceHolder 2"/>
+          <p:cNvPr id="388" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="392" name="PlaceHolder 3"/>
+          <p:cNvPr id="389" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="161"/>
+            <p:ph type="sldNum" idx="159"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{4488ADCE-F0A1-40F9-A14E-C538F1C2D20B}" type="slidenum">
+            <a:fld id="{F45CBFB4-436C-4811-9A0D-BD8AAB4C0D3B}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="393" name="PlaceHolder 1"/>
+          <p:cNvPr id="390" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="394" name="PlaceHolder 2"/>
+          <p:cNvPr id="391" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="395" name="PlaceHolder 3"/>
+          <p:cNvPr id="392" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="162"/>
+            <p:ph type="sldNum" idx="160"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{BDE0B4A1-756B-405A-A36A-7BDE67EAD007}" type="slidenum">
+            <a:fld id="{A40CE592-9BF0-4BC0-99C8-EB00040800AF}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="396" name="PlaceHolder 1"/>
+          <p:cNvPr id="393" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="397" name="PlaceHolder 2"/>
+          <p:cNvPr id="394" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="398" name="PlaceHolder 3"/>
+          <p:cNvPr id="395" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="163"/>
+            <p:ph type="sldNum" idx="161"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{DCAC3139-1A09-4AF9-B24B-BFAB0620A2C9}" type="slidenum">
+            <a:fld id="{2964E823-571F-431F-90EF-FD353C0DC202}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="399" name="PlaceHolder 1"/>
+          <p:cNvPr id="396" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="400" name="PlaceHolder 2"/>
+          <p:cNvPr id="397" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="401" name="PlaceHolder 3"/>
+          <p:cNvPr id="398" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="164"/>
+            <p:ph type="sldNum" idx="162"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F302CFCF-AA6E-4764-8433-69B0337DD5EE}" type="slidenum">
+            <a:fld id="{E87EBB9B-8F7A-437F-8223-CBB6D64F00FE}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="402" name="PlaceHolder 1"/>
+          <p:cNvPr id="399" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="403" name="PlaceHolder 2"/>
+          <p:cNvPr id="400" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="404" name="PlaceHolder 3"/>
+          <p:cNvPr id="401" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="165"/>
+            <p:ph type="sldNum" idx="163"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C6E18FB1-B2AF-47AD-81B3-02DD65B4ED06}" type="slidenum">
+            <a:fld id="{5A9D8352-0E6F-4102-8A67-B21A30825192}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="405" name="PlaceHolder 1"/>
+          <p:cNvPr id="402" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="406" name="PlaceHolder 2"/>
+          <p:cNvPr id="403" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="407" name="PlaceHolder 3"/>
+          <p:cNvPr id="404" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="166"/>
+            <p:ph type="sldNum" idx="164"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{66F0BA28-8797-4BFF-A483-A85B4174CB4F}" type="slidenum">
+            <a:fld id="{7FE79F0D-9BE9-4BA0-ABB7-27FB862A67D3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="408" name="PlaceHolder 1"/>
+          <p:cNvPr id="405" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="409" name="PlaceHolder 2"/>
+          <p:cNvPr id="406" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="410" name="PlaceHolder 3"/>
+          <p:cNvPr id="407" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="167"/>
+            <p:ph type="sldNum" idx="165"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{620F409F-5654-4F4D-9810-F7C3917B5483}" type="slidenum">
+            <a:fld id="{8ECD24D5-70D3-4C46-B1B1-E3F7EC9DA0B8}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="411" name="PlaceHolder 1"/>
+          <p:cNvPr id="408" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="412" name="PlaceHolder 2"/>
+          <p:cNvPr id="409" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="413" name="PlaceHolder 3"/>
+          <p:cNvPr id="410" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="168"/>
+            <p:ph type="sldNum" idx="166"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{B98FC7FC-82EF-4D06-9BC1-4712BCD92917}" type="slidenum">
+            <a:fld id="{540C99BB-E714-4566-8085-283D36B35356}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="414" name="PlaceHolder 1"/>
+          <p:cNvPr id="411" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="415" name="PlaceHolder 2"/>
+          <p:cNvPr id="412" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="416" name="PlaceHolder 3"/>
+          <p:cNvPr id="413" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="169"/>
+            <p:ph type="sldNum" idx="167"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{7B40D378-1C82-49B0-82F2-43A8702D8C80}" type="slidenum">
+            <a:fld id="{4EC7CEA3-6C0F-4681-9557-6CAA0122F8A2}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="417" name="PlaceHolder 1"/>
+          <p:cNvPr id="414" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="418" name="PlaceHolder 2"/>
+          <p:cNvPr id="415" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="419" name="PlaceHolder 3"/>
+          <p:cNvPr id="416" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="170"/>
+            <p:ph type="sldNum" idx="168"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{BA8D678C-BD60-4382-B384-1031C2CB9F16}" type="slidenum">
+            <a:fld id="{B55F39B1-8823-4B04-9DDB-F08D009D2711}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="339" name="PlaceHolder 1"/>
+          <p:cNvPr id="336" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="340" name="PlaceHolder 2"/>
+          <p:cNvPr id="337" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="341" name="PlaceHolder 3"/>
+          <p:cNvPr id="338" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="144"/>
+            <p:ph type="sldNum" idx="142"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CFE5ECA8-2991-459A-AF1E-6309FB25587F}" type="slidenum">
+            <a:fld id="{48E69905-F8AA-4181-8971-CA0A3CCFB522}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="420" name="PlaceHolder 1"/>
+          <p:cNvPr id="417" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="421" name="PlaceHolder 2"/>
+          <p:cNvPr id="418" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="422" name="PlaceHolder 3"/>
+          <p:cNvPr id="419" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="171"/>
+            <p:ph type="sldNum" idx="169"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{ED5E8FE3-DF3C-4C20-B22D-88D0D712BB2B}" type="slidenum">
+            <a:fld id="{3A0CE13E-23BB-4389-9D2D-1B01B6D7EF19}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="423" name="PlaceHolder 1"/>
+          <p:cNvPr id="420" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="424" name="PlaceHolder 2"/>
+          <p:cNvPr id="421" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="425" name="PlaceHolder 3"/>
+          <p:cNvPr id="422" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="172"/>
+            <p:ph type="sldNum" idx="170"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3A2E1DEE-6F24-4096-829E-22B0D1BC95FD}" type="slidenum">
+            <a:fld id="{90CFA580-50B4-44C3-8892-8B3B5935C645}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="426" name="PlaceHolder 1"/>
+          <p:cNvPr id="423" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="427" name="PlaceHolder 2"/>
+          <p:cNvPr id="424" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="428" name="PlaceHolder 3"/>
+          <p:cNvPr id="425" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="173"/>
+            <p:ph type="sldNum" idx="171"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{6274BDC2-767E-48DA-9F05-57B0C44FD96E}" type="slidenum">
+            <a:fld id="{7C9004BA-756A-4232-8D58-DF1FDBBFA418}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="429" name="PlaceHolder 1"/>
+          <p:cNvPr id="426" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="430" name="PlaceHolder 2"/>
+          <p:cNvPr id="427" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="431" name="PlaceHolder 3"/>
+          <p:cNvPr id="428" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="174"/>
+            <p:ph type="sldNum" idx="172"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A9884BBF-536C-4FEF-9290-FAB7102F5294}" type="slidenum">
+            <a:fld id="{1FBD89A4-164F-4B8F-B1C4-D2C720A0C36D}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="432" name="PlaceHolder 1"/>
+          <p:cNvPr id="429" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="433" name="PlaceHolder 2"/>
+          <p:cNvPr id="430" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="434" name="PlaceHolder 3"/>
+          <p:cNvPr id="431" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="175"/>
+            <p:ph type="sldNum" idx="173"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3218FEB4-7F25-4FCE-89C1-7DA1DFC8D72F}" type="slidenum">
+            <a:fld id="{351D72B0-A1FC-4E4E-B5D2-D5F04D2E1EA8}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="435" name="PlaceHolder 1"/>
+          <p:cNvPr id="432" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="436" name="PlaceHolder 2"/>
+          <p:cNvPr id="433" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="437" name="PlaceHolder 3"/>
+          <p:cNvPr id="434" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="176"/>
+            <p:ph type="sldNum" idx="174"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{7BC9C568-CAAA-4B7C-A4D8-76563C57C069}" type="slidenum">
+            <a:fld id="{A6B4EDBE-BF1C-493B-BD77-52E4EAB09EC4}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="438" name="PlaceHolder 1"/>
+          <p:cNvPr id="435" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="439" name="PlaceHolder 2"/>
+          <p:cNvPr id="436" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="440" name="PlaceHolder 3"/>
+          <p:cNvPr id="437" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="177"/>
+            <p:ph type="sldNum" idx="175"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3751D07D-A644-4810-A96C-F76E0223C22C}" type="slidenum">
+            <a:fld id="{150AB51A-99DD-4398-AE34-E38251023E44}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="441" name="PlaceHolder 1"/>
+          <p:cNvPr id="438" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="442" name="PlaceHolder 2"/>
+          <p:cNvPr id="439" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="443" name="PlaceHolder 3"/>
+          <p:cNvPr id="440" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="178"/>
+            <p:ph type="sldNum" idx="176"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F18A1101-A998-45F7-9417-EE81ADC675C0}" type="slidenum">
+            <a:fld id="{3D23994A-6E9B-4127-A5ED-7AB32ACAC7E3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="444" name="PlaceHolder 1"/>
+          <p:cNvPr id="441" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="445" name="PlaceHolder 2"/>
+          <p:cNvPr id="442" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="446" name="PlaceHolder 3"/>
+          <p:cNvPr id="443" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="179"/>
+            <p:ph type="sldNum" idx="177"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{94096BFD-7F17-499D-B5E7-1A1F868A59AD}" type="slidenum">
+            <a:fld id="{540FC27E-C1BD-4494-88DF-8AE20D7C76AE}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="447" name="PlaceHolder 1"/>
+          <p:cNvPr id="444" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="448" name="PlaceHolder 2"/>
+          <p:cNvPr id="445" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="449" name="PlaceHolder 3"/>
+          <p:cNvPr id="446" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="180"/>
+            <p:ph type="sldNum" idx="178"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{97934397-3CC5-42B0-816C-DE955C1E6D20}" type="slidenum">
+            <a:fld id="{C29CB391-48F1-4743-AD89-E496F184BDB9}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="342" name="PlaceHolder 1"/>
+          <p:cNvPr id="339" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="343" name="PlaceHolder 2"/>
+          <p:cNvPr id="340" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="344" name="PlaceHolder 3"/>
+          <p:cNvPr id="341" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="145"/>
+            <p:ph type="sldNum" idx="143"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{412B048F-BA6C-428A-84CC-68C96BF40375}" type="slidenum">
+            <a:fld id="{4576CBCC-9634-48E5-A7BF-3C52B0987977}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="450" name="PlaceHolder 1"/>
+          <p:cNvPr id="447" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="451" name="PlaceHolder 2"/>
+          <p:cNvPr id="448" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="452" name="PlaceHolder 3"/>
+          <p:cNvPr id="449" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="181"/>
+            <p:ph type="sldNum" idx="179"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{218B4FCE-FDBA-4BBE-9AD5-97E26FDAE2BE}" type="slidenum">
+            <a:fld id="{108C8574-9F83-45E7-BE97-CDE9B06DE287}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="453" name="PlaceHolder 1"/>
+          <p:cNvPr id="450" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="454" name="PlaceHolder 2"/>
+          <p:cNvPr id="451" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="455" name="PlaceHolder 3"/>
+          <p:cNvPr id="452" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="182"/>
+            <p:ph type="sldNum" idx="180"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{779CBDE8-F439-4B66-A723-D0C2852BE1F3}" type="slidenum">
+            <a:fld id="{028D2F1A-5A5F-4B0C-AB86-8366A010A821}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="456" name="PlaceHolder 1"/>
+          <p:cNvPr id="453" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="457" name="PlaceHolder 2"/>
+          <p:cNvPr id="454" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="458" name="PlaceHolder 3"/>
+          <p:cNvPr id="455" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="183"/>
+            <p:ph type="sldNum" idx="181"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{16FF8014-3938-400F-A52D-75359326D0A0}" type="slidenum">
+            <a:fld id="{F6927639-4FAD-402F-B302-8FDE35C88E91}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="459" name="PlaceHolder 1"/>
+          <p:cNvPr id="456" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="460" name="PlaceHolder 2"/>
+          <p:cNvPr id="457" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="461" name="PlaceHolder 3"/>
+          <p:cNvPr id="458" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="184"/>
+            <p:ph type="sldNum" idx="182"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2159CF34-E377-4599-A270-DB2EA554AD7F}" type="slidenum">
+            <a:fld id="{ABE1B152-CADC-47D8-8865-B56EF0AE6237}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="462" name="PlaceHolder 1"/>
+          <p:cNvPr id="459" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="463" name="PlaceHolder 2"/>
+          <p:cNvPr id="460" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="464" name="PlaceHolder 3"/>
+          <p:cNvPr id="461" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="185"/>
+            <p:ph type="sldNum" idx="183"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{5C94BC04-4B65-408F-8DAD-62C7F3A65A19}" type="slidenum">
+            <a:fld id="{90FA2498-29D6-44BF-8ABF-81A2EA35E0B9}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="465" name="PlaceHolder 1"/>
+          <p:cNvPr id="462" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="466" name="PlaceHolder 2"/>
+          <p:cNvPr id="463" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="467" name="PlaceHolder 3"/>
+          <p:cNvPr id="464" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="186"/>
+            <p:ph type="sldNum" idx="184"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A4F6DE4A-198E-4D30-B07C-69212C96B396}" type="slidenum">
+            <a:fld id="{2DEAE0ED-693E-494B-9F42-A4C3DC04C5CF}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="468" name="PlaceHolder 1"/>
+          <p:cNvPr id="465" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="469" name="PlaceHolder 2"/>
+          <p:cNvPr id="466" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="470" name="PlaceHolder 3"/>
+          <p:cNvPr id="467" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="187"/>
+            <p:ph type="sldNum" idx="185"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{FDCCF8F2-8908-40B4-9FBE-AEEB9C313214}" type="slidenum">
+            <a:fld id="{A4D9E1D1-8F97-4CE1-899B-7E54BEE57CC7}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="471" name="PlaceHolder 1"/>
+          <p:cNvPr id="468" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="472" name="PlaceHolder 2"/>
+          <p:cNvPr id="469" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="473" name="PlaceHolder 3"/>
+          <p:cNvPr id="470" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="188"/>
+            <p:ph type="sldNum" idx="186"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{6D76350A-B779-463C-AD3B-20BC34FD00D8}" type="slidenum">
+            <a:fld id="{B688BD4F-7C09-4970-9D60-B4201099B5C0}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="474" name="PlaceHolder 1"/>
+          <p:cNvPr id="471" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="475" name="PlaceHolder 2"/>
+          <p:cNvPr id="472" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="476" name="PlaceHolder 3"/>
+          <p:cNvPr id="473" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="189"/>
+            <p:ph type="sldNum" idx="187"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{099BA225-24CF-475C-86B1-2B2710701801}" type="slidenum">
+            <a:fld id="{CF851D7A-AF85-4811-A14E-F65F635D7229}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="477" name="PlaceHolder 1"/>
+          <p:cNvPr id="474" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="478" name="PlaceHolder 2"/>
+          <p:cNvPr id="475" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="479" name="PlaceHolder 3"/>
+          <p:cNvPr id="476" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="190"/>
+            <p:ph type="sldNum" idx="188"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2866DB00-16BF-483D-8672-203EDD3B83A9}" type="slidenum">
+            <a:fld id="{318B9A30-B5EF-4995-B9F7-DF95B38AA505}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="345" name="PlaceHolder 1"/>
+          <p:cNvPr id="342" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="346" name="PlaceHolder 2"/>
+          <p:cNvPr id="343" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="347" name="PlaceHolder 3"/>
+          <p:cNvPr id="344" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="146"/>
+            <p:ph type="sldNum" idx="144"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CD777E6A-85C3-44AA-B38A-0CB940336913}" type="slidenum">
+            <a:fld id="{26ED4151-C15B-42CD-BA57-CB419F3D5E3F}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="480" name="PlaceHolder 1"/>
+          <p:cNvPr id="477" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="481" name="PlaceHolder 2"/>
+          <p:cNvPr id="478" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr marL="216000" indent="-216000">
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>The ^ symbol in C++ is the bitwise XOR (exclusive OR) operator.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>It compares each bit of the two operands:</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>If the bits are different (0 and 1 or 1 and 0), the result bit is 1.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>If the bits are the same (0 and 0 or 1 and 1), the result bit is 0.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>3. The Variables</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>m_buttonStates likely represents the current state of a set of buttons (e.g., from a game controller or input device).</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>m_prevButtonStates likely represents the previous frame’s button states.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Each bit in these integers represents whether a specific button is pressed (1) or not pressed (0).</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>✅ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>4. What It Does</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>vuttonChanges will have bits set to 1 where the button state has changed since the last check.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>So:</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Bit = 1 → The corresponding button changed state (was pressed or released).</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Bit = 0 → The corresponding button stayed the same.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1191"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="992"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="482" name="PlaceHolder 3"/>
+          <p:cNvPr id="479" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="191"/>
+            <p:ph type="sldNum" idx="189"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{0CC9D72D-E30B-4921-B8D7-E4F5986C0196}" type="slidenum">
+            <a:fld id="{213DBC19-64AE-4BD1-9E77-2389FAA430BE}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide51.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="483" name="PlaceHolder 1"/>
+          <p:cNvPr id="480" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="484" name="PlaceHolder 2"/>
+          <p:cNvPr id="481" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="485" name="PlaceHolder 3"/>
+          <p:cNvPr id="482" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="192"/>
+            <p:ph type="sldNum" idx="190"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{42A462EE-5C9A-4343-8D9D-DBF34797F373}" type="slidenum">
+            <a:fld id="{4DE64C6B-24A0-447B-939C-8C924EC40516}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="486" name="PlaceHolder 1"/>
+          <p:cNvPr id="483" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="487" name="PlaceHolder 2"/>
+          <p:cNvPr id="484" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="488" name="PlaceHolder 3"/>
+          <p:cNvPr id="485" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="193"/>
+            <p:ph type="sldNum" idx="191"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{EF2C0FE4-57CE-4553-A239-3CE6B7589BB8}" type="slidenum">
+            <a:fld id="{9617C2B7-945F-4C3A-9181-0C0240843043}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="489" name="PlaceHolder 1"/>
+          <p:cNvPr id="486" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="490" name="PlaceHolder 2"/>
+          <p:cNvPr id="487" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="491" name="PlaceHolder 3"/>
+          <p:cNvPr id="488" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="194"/>
+            <p:ph type="sldNum" idx="192"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{FFF9DA41-DB73-4575-BFD3-0489F7ED4D1E}" type="slidenum">
+            <a:fld id="{531D96B9-4C21-43C7-A7B4-77CC7E940FF7}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="492" name="PlaceHolder 1"/>
+          <p:cNvPr id="489" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="493" name="PlaceHolder 2"/>
+          <p:cNvPr id="490" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="494" name="PlaceHolder 3"/>
+          <p:cNvPr id="491" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="195"/>
+            <p:ph type="sldNum" idx="193"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F6FF331D-D025-4D5C-A3D3-09263C93672F}" type="slidenum">
+            <a:fld id="{1DFE0400-A137-4B1D-AB45-2136E60DF36C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="495" name="PlaceHolder 1"/>
+          <p:cNvPr id="492" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="496" name="PlaceHolder 2"/>
+          <p:cNvPr id="493" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="497" name="PlaceHolder 3"/>
+          <p:cNvPr id="494" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="196"/>
+            <p:ph type="sldNum" idx="194"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{7583946D-38EF-4AF5-8D8C-D3C9D0626AAC}" type="slidenum">
-[...156 lines deleted...]
-            <a:fld id="{8A8D0BF5-E533-48B8-9F1F-74144FAFD200}" type="slidenum">
+            <a:fld id="{CDDC46C2-8FA7-429A-866F-D4F5E8514FAF}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="348" name="PlaceHolder 1"/>
+          <p:cNvPr id="345" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="349" name="PlaceHolder 2"/>
+          <p:cNvPr id="346" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="350" name="PlaceHolder 3"/>
+          <p:cNvPr id="347" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="147"/>
+            <p:ph type="sldNum" idx="145"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{6C7E8DE8-A198-4830-AF5E-37FEC188AAF3}" type="slidenum">
+            <a:fld id="{FA049C3E-783A-484A-A3BA-0F4E8B1BB891}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="351" name="PlaceHolder 1"/>
+          <p:cNvPr id="348" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="352" name="PlaceHolder 2"/>
+          <p:cNvPr id="349" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="353" name="PlaceHolder 3"/>
+          <p:cNvPr id="350" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="148"/>
+            <p:ph type="sldNum" idx="146"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{852F06E0-70FB-41CC-831B-B7B40A960661}" type="slidenum">
+            <a:fld id="{CDE8427C-C088-499E-87DD-9D6062F6A099}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="354" name="PlaceHolder 1"/>
+          <p:cNvPr id="351" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="355" name="PlaceHolder 2"/>
+          <p:cNvPr id="352" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="356" name="PlaceHolder 3"/>
+          <p:cNvPr id="353" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="149"/>
+            <p:ph type="sldNum" idx="147"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{02FAE970-1C44-4D9C-98AE-F8687AAD5A2F}" type="slidenum">
+            <a:fld id="{550B93CC-812E-4EC8-9D77-6CD99B0F1200}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="357" name="PlaceHolder 1"/>
+          <p:cNvPr id="354" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990720" y="768240"/>
-            <a:ext cx="5117400" cy="3837960"/>
+            <a:ext cx="5117040" cy="3837600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="358" name="PlaceHolder 2"/>
+          <p:cNvPr id="355" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="709560" y="4862520"/>
-            <a:ext cx="5679360" cy="4602960"/>
+            <a:ext cx="5679000" cy="4602600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="359" name="PlaceHolder 3"/>
+          <p:cNvPr id="356" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="150"/>
+            <p:ph type="sldNum" idx="148"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021200" y="9721800"/>
-            <a:ext cx="3075840" cy="510480"/>
+            <a:ext cx="3075480" cy="510120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="96840" rIns="96840" tIns="48240" bIns="48240" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2FC8089A-2A24-4B9D-805B-654E4A8ADDD4}" type="slidenum">
+            <a:fld id="{1B4DB256-D149-42F7-9871-2C31FA151B73}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
 </Relationships>
@@ -9905,91 +10142,91 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4937040"/>
+            <a:ext cx="8228520" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -10006,51 +10243,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{F917B407-6C00-46E5-BB9B-E59D081BD48F}" type="slidenum">
+            <a:fld id="{496AE7D5-E9F2-419B-8B93-BD80C077BD4D}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="1_Naslov in vsebina">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10068,51 +10305,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="24"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{4B447AF4-C344-4C1B-AB59-3B5F332637C4}" type="slidenum">
+            <a:fld id="{99FA279E-8148-49A0-9601-89A38D0A78CE}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="25"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t/>
             </a:r>
           </a:p>
         </p:txBody>
@@ -10151,51 +10388,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{FB32B6B6-08DB-4753-83C4-DB3341EB24B7}" type="slidenum">
+            <a:fld id="{AA19BD77-6CB9-414E-A80D-CE59ADA883D2}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t/>
             </a:r>
           </a:p>
         </p:txBody>
@@ -10234,51 +10471,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{F70A3B9F-FE60-4268-953A-0DF1D97CDF6F}" type="slidenum">
+            <a:fld id="{E3740D66-9373-4059-8F66-9A100CF70D86}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Navpični naslov in besedilo">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10296,51 +10533,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{662C20F0-53DA-444A-983B-782B8C511696}" type="slidenum">
+            <a:fld id="{62CDAF4B-8EF8-496D-87EB-7CD34F1D1F6C}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t/>
             </a:r>
           </a:p>
         </p:txBody>
@@ -10358,91 +10595,91 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4937040"/>
+            <a:ext cx="8228520" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
@@ -10462,51 +10699,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="9"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{99E61456-86BF-4B33-A6AC-4D7A9F5EADAD}" type="slidenum">
+            <a:fld id="{4A7CFD80-82E0-4BDD-A324-3446E8F3AB32}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Glava odseka">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10524,51 +10761,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{C080FAD1-C7D2-4231-A915-72345E8C4850}" type="slidenum">
+            <a:fld id="{A9BBB494-9137-4013-9A95-85B35CAAFCC3}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t/>
             </a:r>
           </a:p>
         </p:txBody>
@@ -10586,134 +10823,134 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015440" cy="4937040"/>
+            <a:ext cx="4015440" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4673880" y="1219320"/>
-            <a:ext cx="4015440" cy="4937040"/>
+            <a:ext cx="4015440" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
@@ -10733,51 +10970,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{394A7B0F-819E-4866-884E-C87DD7751B64}" type="slidenum">
+            <a:fld id="{F36BAA4C-3890-43F2-BFE9-44898AB52BFC}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
   <p:cSld name="Primerjava">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10795,92 +11032,92 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{CCD8FF21-9A59-4AD6-B95B-F2B6467EE31F}" type="slidenum">
+            <a:fld id="{5295DB10-D1FC-4A0F-AA84-76FFF9C60411}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="titleOnly" preserve="1">
   <p:cSld name="Samo naslov">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="4400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -10897,51 +11134,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{0F784C94-5842-4A72-B278-1B24577FF24A}" type="slidenum">
+            <a:fld id="{DF821FFA-430E-476E-B3A0-3724B4B99132}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="19"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t/>
             </a:r>
           </a:p>
         </p:txBody>
@@ -10980,51 +11217,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:t>Footer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="21"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
-            <a:fld id="{BCC0976B-FA73-4A2A-AC9D-1EEE93BB27B2}" type="slidenum">
+            <a:fld id="{C47BFD5B-54C9-482F-882C-98FE1C0EB9A5}" type="slidenum">
               <a:t>&lt;#&gt;</a:t>
             </a:fld>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="22"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t/>
             </a:r>
           </a:p>
         </p:txBody>
@@ -11183,52 +11420,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Enakokraki trikotnik 9" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -11245,51 +11482,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Pravokotnik 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="905040" y="3648240"/>
-            <a:ext cx="7314480" cy="1278720"/>
+            <a:ext cx="7314120" cy="1278360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="rnd" w="6350">
             <a:solidFill>
               <a:srgbClr val="727ca3"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
@@ -11305,51 +11542,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Pravokotnik 32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="5048280"/>
-            <a:ext cx="7314480" cy="685080"/>
+            <a:ext cx="7314120" cy="684720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="rnd" w="6350">
             <a:solidFill>
               <a:srgbClr val="9fb8cd"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
@@ -11365,51 +11602,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pravokotnik 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="905040" y="3648240"/>
-            <a:ext cx="227880" cy="1278720"/>
+            <a:ext cx="227520" cy="1278360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -11424,51 +11661,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Pravokotnik 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="5048280"/>
-            <a:ext cx="227880" cy="685080"/>
+            <a:ext cx="227520" cy="684720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -11487,100 +11724,100 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Click to edit the title text format</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2124000" y="6381720"/>
-            <a:ext cx="5184000" cy="366120"/>
+            <a:ext cx="5183640" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -11608,92 +11845,92 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1216080" y="6354720"/>
-            <a:ext cx="834480" cy="366120"/>
+            <a:ext cx="834120" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{1C19E692-D425-4635-9E42-4A2F5B45527F}" type="slidenum">
+            <a:fld id="{FECD112B-C89B-4209-9174-810ACAF9AE40}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
@@ -12017,52 +12254,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="Enakokraki trikotnik 9" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -12162,52 +12399,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Enakokraki trikotnik 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -12228,51 +12465,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="83" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="23"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898720" y="6356520"/>
-            <a:ext cx="3504600" cy="364320"/>
+            <a:ext cx="3504240" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -12300,123 +12537,123 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="84" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="24"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{D7912BA7-DFD3-4F49-B9E6-4C6E2CDFE9AC}" type="slidenum">
+            <a:fld id="{E81045B3-22AB-4231-89B4-150CCCB777EE}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="85" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="25"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6400800" y="6356520"/>
-            <a:ext cx="2288520" cy="364320"/>
+            <a:ext cx="2288160" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
@@ -12544,52 +12781,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="88" name="Enakokraki trikotnik 9" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -12647,52 +12884,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90" name="Enakokraki trikotnik 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -12709,51 +12946,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="91" name="Pravokotnik 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="500040"/>
-            <a:ext cx="181800" cy="685080"/>
+            <a:ext cx="181440" cy="684720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -12772,51 +13009,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898720" y="6356520"/>
-            <a:ext cx="3504600" cy="364320"/>
+            <a:ext cx="3504240" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -12844,123 +13081,123 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="ffffff"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CF2017C8-B273-4EC8-9DD8-2C2C0B311695}" type="slidenum">
+            <a:fld id="{C689395A-A14C-49D9-88F0-366D7ABAB219}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="ffffff"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="94" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6400800" y="6356520"/>
-            <a:ext cx="2288520" cy="364320"/>
+            <a:ext cx="2288160" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="ffffff"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
@@ -13088,52 +13325,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Enakokraki trikotnik 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -13154,51 +13391,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -13226,92 +13463,92 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2442B944-94D1-42E7-A259-4982C53A1C4B}" type="slidenum">
+            <a:fld id="{40B4A697-6DA8-4085-9D2C-CB4B2EE6B4DB}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483651" r:id="rId2"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
@@ -13410,52 +13647,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Enakokraki trikotnik 9" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -13513,52 +13750,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Enakokraki trikotnik 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -13621,51 +13858,51 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898720" y="6356520"/>
-            <a:ext cx="3504600" cy="364320"/>
+            <a:ext cx="3504240" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -13693,123 +13930,123 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{8403C44B-7EF5-44C9-80CA-2D94BB7A7066}" type="slidenum">
+            <a:fld id="{2D647917-2F42-43DB-8EB2-C74E063FC1DF}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6400800" y="6356520"/>
-            <a:ext cx="2288520" cy="364320"/>
+            <a:ext cx="2288160" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
@@ -13937,52 +14174,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Enakokraki trikotnik 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -14003,100 +14240,100 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Click to edit the title text format</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4937040"/>
+            <a:ext cx="8228520" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="432000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
@@ -14277,51 +14514,51 @@
               </a:rPr>
               <a:t>Seventh Outline Level</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="8"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -14349,92 +14586,92 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="9"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{FB421FBD-4BBA-4A24-9B59-88EE3BBACA58}" type="slidenum">
+            <a:fld id="{E7A707B2-FE6B-4085-9A21-C55CCC9C0527}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483655" r:id="rId2"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
@@ -14533,52 +14770,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Enakokraki trikotnik 9" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -14595,51 +14832,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Pravokotnik 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="2819520"/>
-            <a:ext cx="7314480" cy="1278720"/>
+            <a:ext cx="7314120" cy="1278360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="rnd" w="6350">
             <a:solidFill>
               <a:srgbClr val="727ca3"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
@@ -14655,51 +14892,51 @@
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Pravokotnik 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="2819520"/>
-            <a:ext cx="227880" cy="1278720"/>
+            <a:ext cx="227520" cy="1278360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -14718,51 +14955,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898720" y="6354720"/>
-            <a:ext cx="3474360" cy="366120"/>
+            <a:ext cx="3474000" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -14790,123 +15027,123 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="ffffff"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1069920" y="6354720"/>
-            <a:ext cx="1520280" cy="366120"/>
+            <a:ext cx="1519920" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{763185B9-716B-495B-9C23-DD4F4D3841DA}" type="slidenum">
+            <a:fld id="{36D1905C-2E5A-49B6-A9E7-2C7B3B729612}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="ffffff"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6400800" y="6354720"/>
-            <a:ext cx="2285280" cy="366120"/>
+            <a:ext cx="2284920" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="ffffff"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
@@ -15034,52 +15271,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Enakokraki trikotnik 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -15100,100 +15337,100 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Click to edit the title text format</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="4015440" cy="4937040"/>
+            <a:ext cx="4015080" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="432000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
@@ -15373,52 +15610,52 @@
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Seventh Outline Level</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4674240" y="1219320"/>
-            <a:ext cx="4015440" cy="4937040"/>
+            <a:off x="4673880" y="1219320"/>
+            <a:ext cx="4015080" cy="4936680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="432000" indent="-324000">
               <a:spcBef>
                 <a:spcPts val="1417"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
@@ -15599,51 +15836,51 @@
               </a:rPr>
               <a:t>Seventh Outline Level</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -15671,92 +15908,92 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="PlaceHolder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{E188AFF2-D64F-46C7-8D11-14531BE365B0}" type="slidenum">
+            <a:fld id="{DE490D85-0D96-4318-AA43-1D59B69280D3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483659" r:id="rId2"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
@@ -15855,52 +16092,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Enakokraki trikotnik 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -15921,51 +16158,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -15993,92 +16230,92 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3D0C53D8-3722-4B57-9CDA-B1839F7652A8}" type="slidenum">
+            <a:fld id="{C07D334D-A36C-4C62-875A-B5BA96FFFACF}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" bg2="lt2" tx1="dk1" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId2"/>
   </p:sldLayoutIdLst>
 </p:sldMaster>
 </file>
@@ -16177,52 +16414,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="Enakokraki trikotnik 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -16238,52 +16475,52 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Enakokraki trikotnik 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -16304,100 +16541,100 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="0" rIns="0" tIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Click to edit the title text format</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898720" y="6356520"/>
-            <a:ext cx="3504600" cy="364320"/>
+            <a:ext cx="3504240" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -16425,123 +16662,123 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="66" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F746DB59-A323-4923-A438-62E08150B4B6}" type="slidenum">
+            <a:fld id="{DF1253B4-2FBF-4A7A-AF6D-E85C8D69E429}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="19"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6400800" y="6356520"/>
-            <a:ext cx="2288520" cy="364320"/>
+            <a:ext cx="2288160" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
@@ -16669,52 +16906,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Enakokraki trikotnik 9" hidden="1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -16772,52 +17009,52 @@
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="-44640" bIns="-44640" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="Enakokraki trikotnik 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
-            <a:off x="419760" y="6467400"/>
-            <a:ext cx="189720" cy="119880"/>
+            <a:off x="420120" y="6467400"/>
+            <a:ext cx="189360" cy="119520"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:glow rad="63360">
               <a:srgbClr val="ffffff">
                 <a:alpha val="50000"/>
               </a:srgbClr>
             </a:glow>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -16838,51 +17075,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="20"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898720" y="6356520"/>
-            <a:ext cx="3504600" cy="364320"/>
+            <a:ext cx="3504240" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -16910,123 +17147,123 @@
               </a:rPr>
               <a:t>&lt;footer&gt;</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="75" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="21"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C476F105-39F9-4A63-9A4D-1DD346F1C175}" type="slidenum">
+            <a:fld id="{F7068449-F6FC-456B-BAC0-0D37676329D3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="76" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="22"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6400800" y="6356520"/>
-            <a:ext cx="2288520" cy="364320"/>
+            <a:ext cx="2288160" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:buNone/>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
@@ -17293,106 +17530,101 @@
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide51.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide52.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide53.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide53.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide54.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide54.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide55.xml"/>
 </Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...3 lines deleted...]
-
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.tif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.tif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.tif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.tif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/>
 </Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="101" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="442800" y="3557520"/>
-            <a:ext cx="7771680" cy="1469160"/>
+            <a:ext cx="7771320" cy="1468800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2800" spc="-1" strike="noStrike">
@@ -17403,51 +17635,51 @@
               </a:rPr>
               <a:t>Player interaction</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="102" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1785960" y="676440"/>
-            <a:ext cx="6400080" cy="1751760"/>
+            <a:ext cx="6399720" cy="1751400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
@@ -17457,51 +17689,51 @@
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>3D Game Development</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103" name="Podnaslov 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1071720" y="5214960"/>
-            <a:ext cx="7143120" cy="823320"/>
+            <a:ext cx="7142760" cy="822960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -17583,51 +17815,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="142" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -17638,123 +17870,123 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="143" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="48"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{5EAE81CE-1309-4D3C-91AD-91D1C9C85689}" type="slidenum">
+            <a:fld id="{F50E76E8-7C52-4D4B-8DC3-14A52E5C2689}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="144" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -17914,51 +18146,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="145" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="49"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -18016,51 +18248,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="146" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -18071,123 +18303,123 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="147" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="50"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{5BAA6FE2-D72D-44EC-B2C3-BB234F0BC9BE}" type="slidenum">
+            <a:fld id="{77A67019-2896-4141-8EAE-A43D41097AA3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="148" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -18347,51 +18579,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="149" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="51"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -18449,51 +18681,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="150" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -18504,123 +18736,123 @@
               </a:rPr>
               <a:t>HID communication</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="151" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="52"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{EDBA8FF8-7D05-4780-847C-A0B22457A320}" type="slidenum">
+            <a:fld id="{502B137E-EB61-4216-8601-4C4992516186}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="152" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -18831,51 +19063,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="153" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="53"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -18933,51 +19165,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="154" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -18988,123 +19220,123 @@
               </a:rPr>
               <a:t>HID communication</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="155" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="54"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{28F0A430-DE0D-4926-A64F-F8E8F6EAC1AD}" type="slidenum">
+            <a:fld id="{42B46584-0195-46A2-B48D-D54F16976AE0}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="156" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -19306,51 +19538,51 @@
               </a:rPr>
               <a:t>Wireless</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="157" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="55"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -19408,51 +19640,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="158" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -19463,123 +19695,123 @@
               </a:rPr>
               <a:t>HID communication</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="159" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="56"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{8074472A-6C5C-4966-912F-32FC77460F2F}" type="slidenum">
+            <a:fld id="{31574A23-412A-4D12-801A-2E4EF2D7EB8A}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="160" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -19852,51 +20084,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="161" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="57"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -19954,51 +20186,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="162" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -20009,123 +20241,123 @@
               </a:rPr>
               <a:t>HID communication - polling</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="163" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="58"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{EBF53866-865E-492B-87F5-FC450C1DA520}" type="slidenum">
+            <a:fld id="{F5169B5F-0993-4E10-8419-0C47CEDB0E43}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="164" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -20387,51 +20619,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="165" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="59"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -20489,51 +20721,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="166" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -20544,123 +20776,123 @@
               </a:rPr>
               <a:t>HID communication - interrupts</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="167" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="60"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F9BC6795-FA4F-40E4-A707-4728C1B75DEF}" type="slidenum">
+            <a:fld id="{61611D74-8669-4DE7-A55D-E3888591E9AB}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="168" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -20931,51 +21163,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="169" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="61"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -21033,51 +21265,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="170" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -21088,123 +21320,123 @@
               </a:rPr>
               <a:t>HID communication – wireless devices</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="171" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="62"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{D7DC1CC3-DD9A-441D-B8FA-F768DACB4A12}" type="slidenum">
+            <a:fld id="{6A851960-6ACA-4EBB-A886-9D113D76D213}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="172" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -21344,51 +21576,51 @@
               </a:rPr>
               <a:t>they behave like ordinary wired devices.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="173" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="63"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -21446,51 +21678,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="174" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -21501,123 +21733,123 @@
               </a:rPr>
               <a:t>Managing different types of input</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="175" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="64"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{56821C54-332F-4CF7-A59D-71DF146E44C5}" type="slidenum">
+            <a:fld id="{B59C226C-974D-42E2-8437-D687269ECF87}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="176" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -21859,51 +22091,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="177" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="65"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -21961,51 +22193,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="178" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -22016,123 +22248,123 @@
               </a:rPr>
               <a:t>Digital buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="179" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="66"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{0E3B1D70-795F-487A-BD73-101E8D7D37AD}" type="slidenum">
+            <a:fld id="{3C8FABFF-178A-4E96-B57E-6135BECAA3BE}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="180" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -22396,51 +22628,51 @@
               </a:rPr>
               <a:t>on some devices the reverse (usually due to code errors).</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="181" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="67"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -22498,51 +22730,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="104" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="32"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -22570,51 +22802,51 @@
               </a:rPr>
               <a:t>3D Game Developmentr, Jernej Vičič</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="105" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="3200" spc="-1" strike="noStrike">
@@ -22625,123 +22857,123 @@
               </a:rPr>
               <a:t>Overview (chapters in book: 7.1–7.5)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="106" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="33"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CA0BB670-8D9A-4981-AB9A-FA4ACA7B766D}" type="slidenum">
+            <a:fld id="{2DD3DFED-6B9A-4A72-998B-6C0B7EA5D174}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="107" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -23013,51 +23245,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="182" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -23068,123 +23300,123 @@
               </a:rPr>
               <a:t>Digital buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="183" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="68"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{0B89D09A-7218-4EC5-9B13-7F37CFE1AAFE}" type="slidenum">
+            <a:fld id="{EF8F2D86-1637-4798-8DD4-E78A325A75CF}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="184" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -23262,51 +23494,51 @@
               </a:rPr>
               <a:t>often all digital buttons on the device are packaged in one Integer value:</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="185" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="69"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -23364,51 +23596,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="186" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -23419,123 +23651,123 @@
               </a:rPr>
               <a:t>Digital buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="187" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="70"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C753BFFA-2A09-4349-987B-226B674D2764}" type="slidenum">
+            <a:fld id="{97E7054E-9C8F-447B-B1A1-C5CEB60B924D}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="188" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
@@ -23900,51 +24132,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="189" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="71"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -24002,51 +24234,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="190" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -24057,123 +24289,123 @@
               </a:rPr>
               <a:t>Digital buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="191" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="72"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3FC8B23A-F908-4C81-BD63-DF0EFE036E3A}" type="slidenum">
+            <a:fld id="{CED6DF5B-2C08-46DD-8553-1C98E66E935D}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="192" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
@@ -24578,51 +24810,51 @@
               </a:rPr>
               <a:t>#define XINPUT_GAMEPAD_Y 0x8000 // bit 15</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="193" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="73"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -24680,51 +24912,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="194" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -24735,123 +24967,123 @@
               </a:rPr>
               <a:t>Digital buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="195" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="74"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{4DAFA4F8-BD93-49A9-BA73-88678A70A31E}" type="slidenum">
+            <a:fld id="{D1856493-7E5D-45CD-B82E-977411C37115}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="196" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -25058,51 +25290,51 @@
               </a:rPr>
               <a:t>}</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="197" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="75"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -25160,51 +25392,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="198" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -25215,123 +25447,123 @@
               </a:rPr>
               <a:t>Unity and HID</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="199" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="76"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A2EC0F7C-5C8E-46DE-B769-4E014947884F}" type="slidenum">
+            <a:fld id="{85C80A28-175A-4DD2-893E-DF5E42418D7F}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="200" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -25476,51 +25708,51 @@
               </a:rPr>
               <a:t>Note: On some platforms (e.g., Linux) HID may be supported through a layer (SDL) but not via HID APIs for all devices.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="201" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="77"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -25578,51 +25810,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="202" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -25633,123 +25865,123 @@
               </a:rPr>
               <a:t>Auto-Generated Layouts</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="203" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="78"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{904FB55D-2A55-401F-B68C-366D6F7957C6}" type="slidenum">
+            <a:fld id="{F8552EB8-C260-4F48-9D6B-4545EFB5D143}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="204" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -25922,51 +26154,51 @@
               </a:rPr>
               <a:t>Cons: Because HID descriptors can be ambiguous, auto layouts may mis-map controls (e.g., hat switches, D-pads, buttons) and naming may be generic..</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="205" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="79"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -26024,51 +26256,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="206" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -26079,123 +26311,123 @@
               </a:rPr>
               <a:t>HID Output Reports</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="207" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="80"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{BB6F2057-5AA8-41A2-9FEC-068940A914FC}" type="slidenum">
+            <a:fld id="{88B1410F-6038-4C89-AE44-DFCC214110A2}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="208" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -26276,51 +26508,51 @@
               </a:rPr>
               <a:t>Allows developers to implement vibration and feedback features.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="209" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="81"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -26378,51 +26610,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="210" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -26433,123 +26665,123 @@
               </a:rPr>
               <a:t>Overriding HID Fallback (Custom Layouts)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="211" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="82"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C524D68E-36D8-401A-95DF-E0F9DB4A3B0C}" type="slidenum">
+            <a:fld id="{655AFF6E-D4D0-4C60-8376-9CCE427CEBF8}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="212" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -26714,51 +26946,51 @@
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="213" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="83"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -26816,51 +27048,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="214" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -26871,123 +27103,123 @@
               </a:rPr>
               <a:t>Example Code: Input Report Struct</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="215" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="84"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{641E9D26-AEB7-4DF6-ADA3-5D780CEA1022}" type="slidenum">
+            <a:fld id="{BDD09B25-11B6-4931-A4F7-DE4618B25435}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="216" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -27141,51 +27373,51 @@
               </a:rPr>
               <a:t>}</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="217" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="85"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -27243,51 +27475,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="218" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -27298,123 +27530,123 @@
               </a:rPr>
               <a:t>Example Code: Custom Gamepad Class</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="219" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="86"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{4CA32E17-AF20-4E03-9447-C9100979627B}" type="slidenum">
+            <a:fld id="{C59C690F-38C2-4F4E-96F3-3DDC73880D76}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -27536,51 +27768,51 @@
               </a:rPr>
               <a:t>}</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1500" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="221" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="87"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -27638,51 +27870,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="108" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -27693,123 +27925,123 @@
               </a:rPr>
               <a:t>Intro</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="109" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="34"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2EEE2EE0-FB07-4230-9B8D-31BEFB830DB4}" type="slidenum">
+            <a:fld id="{20D32C74-4A6B-4757-A644-5AC2CFD4BF1C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="110" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -27938,51 +28170,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="111" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="35"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -28040,51 +28272,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="222" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -28095,123 +28327,123 @@
               </a:rPr>
               <a:t>Example Code: Layout Registration</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="223" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="88"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{31E4B146-5D61-43AC-8865-2A564275979E}" type="slidenum">
+            <a:fld id="{2D9E5BBE-1210-4FF5-B560-21C4C6B42203}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="224" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -28346,51 +28578,51 @@
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="225" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="89"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -28448,51 +28680,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -28503,123 +28735,123 @@
               </a:rPr>
               <a:t>Unity and HID, Key Takeaways</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="227" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="90"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{D869504B-2FC9-4205-A390-778DB9487501}" type="slidenum">
+            <a:fld id="{0C014925-C2EA-41DB-8613-BDB666056A09}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -28700,51 +28932,51 @@
               </a:rPr>
               <a:t>Use Input Debugger to inspect and test HID devices.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="229" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="91"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -28802,51 +29034,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="230" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -28857,123 +29089,123 @@
               </a:rPr>
               <a:t>Analogue axles and buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="231" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="92"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3FEE9C3E-6A3D-42FC-AD2A-AABD576E3D75}" type="slidenum">
+            <a:fld id="{A3E5DCA4-EC58-4AD6-8D40-CF7F75DA022C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="232" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -29262,74 +29494,74 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="233" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5651640" y="1252080"/>
-            <a:ext cx="2748600" cy="2800800"/>
+            <a:ext cx="2748240" cy="2800440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="234" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="93"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -29387,51 +29619,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="235" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -29442,123 +29674,123 @@
               </a:rPr>
               <a:t>Analogue axles and buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="236" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="94"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{18D2F8E4-FE68-4415-AF6A-2571B51A8EA0}" type="slidenum">
+            <a:fld id="{B071526C-8838-4A00-87B4-B9AE4B505AAD}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="237" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -29895,51 +30127,51 @@
               </a:rPr>
               <a:t>0 is not pressed, 255 is pressed all the way down.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2000" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="238" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="95"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -29997,51 +30229,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="239" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -30052,123 +30284,123 @@
               </a:rPr>
               <a:t>Analogue axles and buttons</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="240" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="96"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{38885444-2226-4705-8F60-32920B376E1C}" type="slidenum">
+            <a:fld id="{BAFF68FF-1C88-477D-99FD-3659AC06301C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="241" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -30281,51 +30513,51 @@
               </a:rPr>
               <a:t>delta change from last poll or interrupt.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="242" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="97"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -30383,51 +30615,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="243" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -30438,123 +30670,123 @@
               </a:rPr>
               <a:t>Accelerometers</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="244" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="98"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{141BF213-71FF-4D72-8CC4-99BF3749ABD2}" type="slidenum">
+            <a:fld id="{DB634685-5FA3-4CE8-B2DD-CB42BB93A2C6}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="245" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -30793,74 +31025,74 @@
               </a:rPr>
               <a:t>show three quantized 8 bit integer numbers for each axis separately.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="246" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6012000" y="300240"/>
-            <a:ext cx="2897280" cy="2450160"/>
+            <a:ext cx="2896920" cy="2449800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="247" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="99"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -30918,51 +31150,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="248" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -30973,123 +31205,123 @@
               </a:rPr>
               <a:t>3D orientation with wiimote and DualShock </a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="249" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="100"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{F5DF2651-F0B1-42E5-B2C7-5E9E8EA27AB7}" type="slidenum">
+            <a:fld id="{7897E505-6C53-4D5C-BAC2-5985B76744BB}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="250" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -31411,281 +31643,66 @@
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>if the user does not hold firm wiimote, there are large short-term deviations.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...213 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="251" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="101"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -31743,51 +31760,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="252" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -31798,123 +31815,123 @@
               </a:rPr>
               <a:t>Cameras</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="253" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="102"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A940C103-DAA3-4180-9C3E-CEF1AFE0CB49}" type="slidenum">
+            <a:fld id="{4F14D006-A868-4C36-A11D-28D0F4156BF6}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="254" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -32239,51 +32256,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="255" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="103"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -32341,51 +32358,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="256" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -32396,123 +32413,123 @@
               </a:rPr>
               <a:t>Managing different types of inputs</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="257" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="104"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{43EFEC34-E30B-4792-A077-F8342721328F}" type="slidenum">
+            <a:fld id="{496E75C9-075D-4F26-BA70-0EC940664AFD}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="258" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -32754,51 +32771,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="259" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="105"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -32856,51 +32873,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="260" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -32911,123 +32928,123 @@
               </a:rPr>
               <a:t>Managing different types of inputs- rumble</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="261" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="106"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{DF05CA03-B302-4131-9B8C-284E2AD4B265}" type="slidenum">
+            <a:fld id="{B27C1937-CF70-4D2A-B580-8B836C03FA01}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="262" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -33167,51 +33184,51 @@
               </a:rPr>
               <a:t>different vibrations.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="263" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="107"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -33269,51 +33286,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="112" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -33324,142 +33341,142 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="113" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="36"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{5904EA1E-B675-4826-A0C7-68207A4BEBA3}" type="slidenum">
+            <a:fld id="{10FA658E-B8F9-4E4F-873B-A549F37E55B3}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="114" name="Picture 2" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="899640" y="1700640"/>
-            <a:ext cx="7010280" cy="2591640"/>
+            <a:ext cx="7009920" cy="2591280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="115" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2267640" y="4509000"/>
-            <a:ext cx="4463640" cy="363960"/>
+            <a:ext cx="4463280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
@@ -33472,51 +33489,51 @@
               </a:rPr>
               <a:t>joypad: xbox 360, playstation 3</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="116" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="37"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -33574,51 +33591,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="264" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -33638,123 +33655,123 @@
               </a:rPr>
               <a:t>force-feedback,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="265" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="108"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2B44119A-69A0-451E-BD28-0106509BE05A}" type="slidenum">
+            <a:fld id="{F1EE196E-4EAD-4164-95D4-2CF07810B1CD}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="266" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -33863,51 +33880,51 @@
               </a:rPr>
               <a:t>simulates the irregularities on the road.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="267" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="109"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -33965,51 +33982,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="268" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -34029,123 +34046,123 @@
               </a:rPr>
               <a:t>audio</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="269" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="110"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A8040E29-3A30-4E1E-96C4-1B319B679FCC}" type="slidenum">
+            <a:fld id="{B87BF46C-2BA5-4C4B-86EB-9AB6EEE5E03E}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="270" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -34254,51 +34271,51 @@
               </a:rPr>
               <a:t>separate voip communication between multiple players.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="271" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="111"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -34356,51 +34373,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="272" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -34411,123 +34428,123 @@
               </a:rPr>
               <a:t>Managing different types of inputs</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="273" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="112"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2BFAA338-EC1D-4313-958F-BF597496E5ED}" type="slidenum">
+            <a:fld id="{2B4B0E0B-C14B-44E7-A325-F86E4B9E984C}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="274" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -34636,51 +34653,51 @@
               </a:rPr>
               <a:t>interfaces that we use with thoughts.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="275" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="113"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -34738,51 +34755,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="276" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -34793,123 +34810,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="277" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="114"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{3A88F82C-6EAD-4E66-A2B6-2D05535E2FA8}" type="slidenum">
+            <a:fld id="{6EC383B7-1FB1-4DC9-A986-7F44131DBD72}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="278" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -35049,51 +35066,51 @@
               </a:rPr>
               <a:t>an abstraction level, which allows you to remap buttons.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="279" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="115"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -35151,51 +35168,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="280" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -35206,123 +35223,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="281" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="116"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{94D77BE1-DFC7-401A-8E1D-46B1F5723E39}" type="slidenum">
+            <a:fld id="{CB9C90EB-A1B6-4F14-BEB0-3CA41FECFCF1}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="282" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -35462,51 +35479,51 @@
               </a:rPr>
               <a:t>detection of button sequences and multibutton combinations (chords).</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="283" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="117"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -35564,51 +35581,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="284" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -35619,123 +35636,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="285" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="118"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C6959C68-7333-4190-819A-5AB6C9C9A98A}" type="slidenum">
+            <a:fld id="{28688705-3C26-4C91-805A-95F71DB24140}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="286" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -35906,51 +35923,51 @@
               </a:rPr>
               <a:t>the ability to temporarily disable certain inputs.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="287" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="119"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -36008,51 +36025,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="288" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -36063,123 +36080,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="289" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="120"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C6CCECE1-DF75-4C4A-9705-7BA814682EC0}" type="slidenum">
+            <a:fld id="{A659ED4C-DFEF-44D2-B2A9-1A17C7CC1BBC}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="290" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -36337,51 +36354,51 @@
               </a:rPr>
               <a:t>the whole zone has a value of 0.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="291" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="121"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -36439,51 +36456,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="292" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -36494,123 +36511,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="293" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="122"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C17CA82A-5BD8-465E-9FEA-CEABA89F87BC}" type="slidenum">
+            <a:fld id="{6B8784FD-231E-40F3-AF7D-1CE5F051FE34}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="294" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -36633,51 +36650,51 @@
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" marL="547560" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>noise (out of dead zones) can also lead sudden peaks,</a:t>
+              <a:t>noise (out of dead zones) can also lead to sudden peaks,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" marL="547560" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
@@ -36750,97 +36767,97 @@
               </a:rPr>
               <a:t>unfiltered a(t) value is compared with the previous filtered f(t), RC is the filtering constant.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="295" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2771640" y="4641120"/>
-            <a:ext cx="5048640" cy="359280"/>
+            <a:ext cx="5048280" cy="358920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="296" name="Picture 2" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1672200" y="5268960"/>
-            <a:ext cx="1842840" cy="910440"/>
+            <a:ext cx="1842480" cy="910080"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="297" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="123"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -36898,51 +36915,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="298" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -36953,123 +36970,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="299" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="124"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{6B203389-74C2-4C9D-B9BB-44D927E4CA45}" type="slidenum">
+            <a:fld id="{3B1CD52E-A6EB-4B49-8B21-6F24034AAE77}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="300" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -37355,51 +37372,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="301" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="125"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -37457,51 +37474,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="302" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -37512,123 +37529,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="303" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="126"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C1D5AC72-800E-4937-A76E-799EF34C05A8}" type="slidenum">
+            <a:fld id="{89321869-9EBD-47B0-9C8A-BBF0A3721ECA}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="304" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -37839,51 +37856,51 @@
               <a:buClr>
                 <a:srgbClr val="9fb8cd"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>buttonDowns</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t> have changed you in the last period, </a:t>
+              <a:t> have changed in the last period, </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>buttonUps</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2300" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t> - vice versa,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
@@ -37945,51 +37962,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="305" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="127"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -38047,51 +38064,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="117" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -38102,119 +38119,119 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="118" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="38"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CA6CC6E3-92A2-428D-AD09-AF469AC2E9A3}" type="slidenum">
+            <a:fld id="{71351213-F286-44DD-8BAD-5F9BFA09E3BB}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="119" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2267640" y="4509000"/>
-            <a:ext cx="4463640" cy="363960"/>
+            <a:ext cx="4463280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
@@ -38227,74 +38244,74 @@
               </a:rPr>
               <a:t>dualshock 4 joypad playstation 4</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="120" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1835640" y="1730880"/>
-            <a:ext cx="4370400" cy="2599920"/>
+            <a:ext cx="4370040" cy="2599560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="121" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="39"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -38352,146 +38369,146 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="306" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="128"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C2DC44A3-A1D3-4150-A690-187941E84172}" type="slidenum">
+            <a:fld id="{088DD9C3-8D44-4D68-AF0C-ABD276CDD2C8}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="307" name="Content Placeholder 3" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1259640" y="212760"/>
-            <a:ext cx="5976000" cy="6269400"/>
+            <a:ext cx="5975640" cy="6269040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="308" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="129"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -38549,51 +38566,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="309" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -38604,123 +38621,123 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="310" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="130"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{DABD2D34-1831-4294-AF28-70CC33521AB3}" type="slidenum">
+            <a:fld id="{66C11FE8-B200-4B68-8431-2721A386DCDA}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="311" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
@@ -38836,51 +38853,51 @@
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>but we need to keep the button from the chord sequence not even triggering any action,</a:t>
+              <a:t>but we need to keep the button from the chord sequence not triggering any action,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
@@ -38922,51 +38939,51 @@
               </a:rPr>
               <a:t>we need to observe several frames.</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="312" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="131"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -39024,51 +39041,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="313" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -39079,159 +39096,159 @@
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="314" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="132"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{331312A8-33DA-4548-99E2-E10276A728FF}" type="slidenum">
+            <a:fld id="{0163F55D-8E52-4186-99F8-4F13E4A127B6}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="315" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>equencing and gesture detection,</a:t>
+              <a:t>sequencing and gesture detection,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="sl-SI" sz="2600" spc="-1" strike="noStrike">
@@ -39479,51 +39496,51 @@
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="316" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="133"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -39575,657 +39592,655 @@
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="317" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="152280"/>
+            <a:ext cx="8228520" cy="989640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book"/>
+              </a:rPr>
+              <a:t>HID systems for engines</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="318" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
             <p:ph type="sldNum" idx="134"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{1DCDFF34-AD5E-4377-A283-CD5A9EF1D8E3}" type="slidenum">
+            <a:fld id="{EE199DAB-84CE-438D-B2E7-405387C0FD35}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="318" name="Rectangle 2"/>
-[...6 lines deleted...]
-            <a:ext cx="8207280" cy="6399000"/>
+          <p:cNvPr id="319" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1219320"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...7 lines deleted...]
-            <a:spAutoFit/>
+        <p:txBody>
+          <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:pPr marL="272880" indent="-272880">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="727ca3"/>
+              </a:buClr>
+              <a:buSzPct val="76000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>class ButtonSequenceDetector</a:t>
+              <a:t>support for cross-platform HID,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="272880" indent="-272880">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="727ca3"/>
+              </a:buClr>
+              <a:buSzPct val="76000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>conditional compile commands can be used in a million places in the code: </a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>#if TARGET_XBOX360</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...5 lines deleted...]
-              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>if (ButtonsJustWentDown(XB360_BUTTONMASK_A))</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>#elif TARGET_PS3</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>if (ButtonsJustWentDown(PS3_BUTTONMASK_TRIANGLE))</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>#elif TARGET_WII</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>if (ButtonsJustWentDown(WII_BUTTONMASK_A))</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>#endif</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
               </a:rPr>
               <a:t>{</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200">
-[...5 lines deleted...]
-              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-              <a:t>U32* m_aButtonIds; // sequence of buttons to watch for</a:t>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// do something...</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200">
-[...5 lines deleted...]
-              <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-              <a:t>U32 m_buttonCount; // number of buttons in sequence</a:t>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>}</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200">
-[...411 lines deleted...]
-          <p:cNvPr id="319" name="PlaceHolder 2"/>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="601"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="320" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="135"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -40272,660 +40287,1208 @@
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="320" name="PlaceHolder 1"/>
+          <p:cNvPr id="321" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
               <a:t>HID systems for engines</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="321" name="PlaceHolder 2"/>
+          <p:cNvPr id="322" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="136"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{A515C407-18C8-447E-B221-5892B3ACD010}" type="slidenum">
+            <a:fld id="{189CD6B8-FDDD-4668-AA9E-EBF97EEF22DC}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="322" name="PlaceHolder 3"/>
+          <p:cNvPr id="323" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="8228880" cy="4936320"/>
+            <a:ext cx="4473720" cy="1200600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>support for cross-platform HID,</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:t>…</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>or …:</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>conditional compile commands can be used in a million places in the code: </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:t>hardware abstraction layer,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Courier New"/>
-[...4 lines deleted...]
-            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:r>
-[...9 lines deleted...]
-            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:r>
-[...9 lines deleted...]
-            <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:r>
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="324" name="TextBox 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4644000" y="459000"/>
+            <a:ext cx="4607280" cy="5941800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>if (ButtonsJustWentDown(PS3_BUTTONMASK_TRIANGLE))</a:t>
-[...22 lines deleted...]
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:t>enum AbstractControlIndex</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>#elif TARGET_WII</a:t>
-[...22 lines deleted...]
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:t>{</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>if (ButtonsJustWentDown(WII_BUTTONMASK_A))</a:t>
-[...22 lines deleted...]
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:t>// Start and back buttons</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>#endif</a:t>
-[...22 lines deleted...]
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:t>AINDEX_START, // Xbox 360 Start, PS3 Start</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>{</a:t>
-[...22 lines deleted...]
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:t>AINDEX_BACK_SELECT, // Xbox 360 Back, PS3 Select</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>// do something...</a:t>
-[...22 lines deleted...]
-              <a:rPr b="1" lang="en-US" sz="1800" spc="-1" strike="noStrike">
+              <a:t>// Left D-pad</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Courier New"/>
                 <a:ea typeface="Courier New"/>
               </a:rPr>
-              <a:t>}</a:t>
-[...92 lines deleted...]
-          <p:cNvPr id="323" name="PlaceHolder 4"/>
+              <a:t>AINDEX_LPAD_DOWN,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LPAD_UP,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LPAD_LEFT,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LPAD_RIGHT,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Right "pad" of four buttons</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RPAD_DOWN, // Xbox 360 A, PS3 X</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RPAD_UP, // Xbox 360 Y, PS3 Triangle</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RPAD_LEFT, // Xbox 360 X, PS3 Square</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RPAD_RIGHT, // Xbox 360 B, PS3 Circle</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Left and right thumb stick buttons</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LSTICK_BUTTON, // Xbox 360 LThumb, PS3 L3,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Xbox white</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RSTICK_BUTTON, // Xbox 360 RThumb, PS3 R3,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Xbox black</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Left and right shoulder buttons</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LSHOULDER, // Xbox 360 L shoulder, PS3 L1</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RSHOULDER, // Xbox 360 R shoulder, PS3 R1</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Left thumb stick axes</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LSTICK_X,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_LSTICK_Y,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>// Right thumb stick axes</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RSTICK_X,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Courier New"/>
+                <a:ea typeface="Courier New"/>
+              </a:rPr>
+              <a:t>AINDEX_RSTICK_Y,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr b="0" lang="en-US" sz="1200" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="325" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="137"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -40972,1683 +41535,435 @@
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="324" name="PlaceHolder 1"/>
+          <p:cNvPr id="326" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book"/>
               </a:rPr>
-              <a:t>HID systems for engines</a:t>
+              <a:t>HID in practice</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="325" name="PlaceHolder 2"/>
+          <p:cNvPr id="327" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="138"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{C0FD22B5-B3C7-4811-93CC-FD5E02E4E554}" type="slidenum">
+            <a:fld id="{414D7259-C263-4615-816B-5FBB0A0814FA}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>&lt;number&gt;</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="326" name="PlaceHolder 3"/>
+          <p:cNvPr id="328" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1219320"/>
-            <a:ext cx="4474080" cy="1200960"/>
+            <a:ext cx="8228520" cy="4935960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="sl-SI" sz="2400" spc="-1" strike="noStrike">
+              <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>…</a:t>
-[...19 lines deleted...]
-            <a:endParaRPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:t>conceptually HID is very simple,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr b="0" lang="en-US" sz="2400" spc="-1" strike="noStrike">
+              <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>hardware abstraction layer,</a:t>
-[...69 lines deleted...]
-            </a:pPr>
+              <a:t>differences between physical devices,</a:t>
+            </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...1097 lines deleted...]
-          </a:bodyPr>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>conceptually HID is very simple,</a:t>
+              <a:t>the correct implementation of low-pass filtering,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>differences between physical devices,</a:t>
+              <a:t>conversion of control mapping without errors</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="547560" indent="-272880">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="9fb8cd"/>
+              </a:buClr>
+              <a:buSzPct val="76000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>these errors are a show stopper,</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="en-US" sz="2300" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>the correct implementation of low-pass filtering,</a:t>
+              <a:t>achieving "just the right feel" of the joypad rumble,</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="272880" indent="-272880">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="601"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="727ca3"/>
               </a:buClr>
               <a:buSzPct val="76000"/>
               <a:buFont typeface="Wingdings 3" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>conversion of control mapping without errors</a:t>
+              <a:t>the restrictions induced by console manufacturers through technical requirements (technical requirements checklists - TRC).</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="2600" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...96 lines deleted...]
-          <p:cNvPr id="332" name="PlaceHolder 4"/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="329" name="PlaceHolder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" idx="141"/>
+            <p:ph type="ftr" idx="139"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -42706,51 +42021,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="122" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -42761,119 +42076,119 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="123" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="40"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{CB8A9592-CEA3-406D-9CDF-C43675FCCFB8}" type="slidenum">
+            <a:fld id="{CBA00808-94B9-4EE9-84EE-62BC6D89AB17}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="124" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2267640" y="4509000"/>
-            <a:ext cx="4463640" cy="363960"/>
+            <a:ext cx="4463280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
@@ -42886,74 +42201,74 @@
               </a:rPr>
               <a:t>wii remote - wiimote</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="125" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1907640" y="1400760"/>
-            <a:ext cx="4344120" cy="2913120"/>
+            <a:ext cx="4343760" cy="2912760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="126" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -43011,51 +42326,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="127" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -43066,119 +42381,119 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="128" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{9F914F36-E4DD-4512-B1DD-77EA003BF6B7}" type="slidenum">
+            <a:fld id="{7099B32A-3EA8-4D40-88DF-F0B70BCAB086}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="129" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3708000" y="4581000"/>
-            <a:ext cx="4463640" cy="363960"/>
+            <a:ext cx="4463280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
@@ -43191,74 +42506,74 @@
               </a:rPr>
               <a:t>wii U</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="130" name="Picture 1" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1568520" y="1412640"/>
-            <a:ext cx="5137560" cy="2779560"/>
+            <a:ext cx="5137200" cy="2779200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="131" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="43"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -43316,51 +42631,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="132" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -43371,208 +42686,208 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="133" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="44"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{2E61D81B-2206-46F5-B4DF-DAFEE1B2642E}" type="slidenum">
+            <a:fld id="{FF50C779-FC4B-47C1-8A5A-74EDBB51243B}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="134" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2267640" y="4509000"/>
-            <a:ext cx="4463640" cy="363960"/>
+            <a:ext cx="4463280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>frying pan</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Wingdings"/>
               </a:rPr>
-              <a:t></a:t>
+              <a:t>:)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="135" name="Picture 7" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1403640" y="1314000"/>
-            <a:ext cx="5843160" cy="3023640"/>
+            <a:ext cx="5842800" cy="3023280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="136" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="45"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
@@ -43630,51 +42945,51 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="137" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152280"/>
-            <a:ext cx="8228880" cy="990000"/>
+            <a:ext cx="8228520" cy="989640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
@@ -43685,119 +43000,119 @@
               </a:rPr>
               <a:t>Device types (human interface devices – HID)</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="3200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="138" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="46"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612720" y="6356520"/>
-            <a:ext cx="1980360" cy="364320"/>
+            <a:ext cx="1980000" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
             </a:pPr>
-            <a:fld id="{57DFD3CB-2A9E-4CBC-A0D2-0E2A25A4A8DB}" type="slidenum">
+            <a:fld id="{760B0766-BD80-4391-8BDC-F69E3790CF38}" type="slidenum">
               <a:rPr b="0" lang="sl-SI" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="139" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2483640" y="4518720"/>
-            <a:ext cx="4463640" cy="638280"/>
+            <a:ext cx="4463280" cy="638280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0"/>
           <a:fillRef idx="0"/>
           <a:effectRef idx="0"/>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
@@ -43810,74 +43125,74 @@
               </a:rPr>
               <a:t>wiimote used in a new device – steering wheel</a:t>
             </a:r>
             <a:endParaRPr b="0" lang="en-US" sz="1800" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="140" name="Picture 8" descr=""/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1362240" y="1417320"/>
-            <a:ext cx="6275160" cy="2826360"/>
+            <a:ext cx="6274800" cy="2826000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="141" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="47"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2627280" y="6356520"/>
-            <a:ext cx="6047640" cy="364320"/>
+            <a:ext cx="6047280" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="1" spcCol="0" lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr indent="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:tabLst>
                 <a:tab algn="l" pos="0"/>
               </a:tabLst>
               <a:defRPr b="0" lang="en-US" sz="1400" spc="-1" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>